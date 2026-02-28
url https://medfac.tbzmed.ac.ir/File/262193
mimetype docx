--- v0 (2025-11-05)
+++ v1 (2026-02-28)
@@ -30,91 +30,93 @@
           <w:color w:val="FF0000"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597379">
         <w:rPr>
           <w:rtl/>
         </w:rPr>
         <w:t>لیست مشخصات و وضعیت تحصیلی دانشجویان تحصیلات تکمیلی شاغل به تحصیل در گروه باکتری‌شناسي و ويروس‌شناسي</w:t>
       </w:r>
       <w:r w:rsidR="005A2BA6">
         <w:rPr>
           <w:color w:val="7A7979"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D54C91" w:rsidRDefault="00D54C91" w:rsidP="00597379">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+          <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="23"/>
+          <w:rtl/>
+          <w:lang w:bidi="fa-IR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00162919" w:rsidRDefault="00162919" w:rsidP="00597379">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00162919" w:rsidRDefault="00162919" w:rsidP="00597379">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00597379" w:rsidRDefault="00597379" w:rsidP="00597379">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597379">
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:rtl/>
         </w:rPr>
         <w:t>دانشجویان کارشناسی ارشد میکروب‌شناسي پزشکی</w:t>
       </w:r>
     </w:p>
@@ -1914,69 +1916,69 @@
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140A27">
-[...6 lines deleted...]
-              <w:t>فارغ التحصیل</w:t>
+            <w:r w:rsidRPr="004D7D12">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2119,609 +2121,633 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00140A27">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>فارغ التحصیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="00B733FC">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>فائزه احمد زاده</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد میکروب شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...12 lines deleted...]
-              <w:t>فارغ التحصیل</w:t>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D7D12">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="00B733FC">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مرضیه امامی دیزجی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد میکروب شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...106 lines deleted...]
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ارشد میکروب شناسی</w:t>
-[...61 lines deleted...]
-              <w:t>فارغ التحصیل</w:t>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2691" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00597379">
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نویده کریمی انصاری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D7D12">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ارشد میکروب شناسی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00597379">
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1175" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D7D12">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پژوهش</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
+        <w:trPr>
+          <w:trHeight w:val="65"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00597379">
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
@@ -2982,69 +3008,69 @@
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140A27">
-[...6 lines deleted...]
-              <w:t>فارغ التحصیل</w:t>
+            <w:r w:rsidRPr="004D7D12">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3346,70 +3372,70 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00044F55" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>فارغ التحصیل</w:t>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -3720,2404 +3746,1082 @@
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00B15AFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="003D32B2">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="327"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>نسترن جوان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد میکروب شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002E0F00">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15AFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>پژوهش</w:t>
+              <w:t>آموزش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="003D32B2">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="327"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>سمیرا رنجبر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد میکروب شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002E0F00">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15AFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>پژوهش</w:t>
+              <w:t>آموزش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="003D32B2">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>سمانه مزینانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد میکروب شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="004D7D12" w:rsidRDefault="00EB0869" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D7D12">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002E0F00">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B15AFD">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>پژوهش</w:t>
+              <w:t>آموزش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A94DCB" w:rsidRPr="00597379" w:rsidTr="001544E9">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="372"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A94DCB" w:rsidRPr="004D7D12" w:rsidRDefault="00A94DCB" w:rsidP="00F90D5F">
-[...13 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A94DCB" w:rsidRPr="00162919" w:rsidRDefault="00A94DCB" w:rsidP="00DA0050">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00162919" w:rsidRDefault="00F90D5F" w:rsidP="00DA0050">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00162919">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>فاطمه سلطانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A94DCB" w:rsidRDefault="00A94DCB" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="006D339E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد میکروب شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A94DCB" w:rsidRPr="004D7D12" w:rsidRDefault="00A94DCB" w:rsidP="00F90D5F">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr"/>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1402</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A951DC">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00B15AFD" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>آموزش</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جدیدالورود</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A94DCB" w:rsidRPr="00597379" w:rsidTr="001544E9">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A94DCB" w:rsidRPr="004D7D12" w:rsidRDefault="00A94DCB" w:rsidP="00F90D5F">
-[...13 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A94DCB" w:rsidRPr="00162919" w:rsidRDefault="00A94DCB" w:rsidP="00DA0050">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00162919" w:rsidRDefault="00F90D5F" w:rsidP="00DA0050">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00162919">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>نسیم ایزدی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A94DCB" w:rsidRDefault="00A94DCB" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="006D339E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد میکروب شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="922" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A94DCB" w:rsidRPr="004D7D12" w:rsidRDefault="00A94DCB" w:rsidP="00F90D5F">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr"/>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1402</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1175" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00A951DC">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00B15AFD" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>آموزش</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جدیدالورود</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A94DCB" w:rsidRPr="00597379" w:rsidTr="001544E9">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00D82A06">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A94DCB" w:rsidRPr="004D7D12" w:rsidRDefault="00A94DCB" w:rsidP="00F90D5F">
-[...13 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...152 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>26</w:t>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A94DCB" w:rsidRPr="00162919" w:rsidRDefault="00A94DCB" w:rsidP="00DA0050">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00162919" w:rsidRDefault="00F90D5F" w:rsidP="00DA0050">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00162919">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>سید محمد امیر عابدینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2124" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006D339E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ارشد میکروب شناسی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="004D7D12" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi" w:hint="cs"/>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr"/>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>1402</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1175" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00B15AFD" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:cs="B Badr" w:hint="cs"/>
-[...30 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>آموزش</w:t>
-[...514 lines deleted...]
-              </w:rPr>
               <w:t>جدیدالورود</w:t>
-            </w:r>
-[...652 lines deleted...]
-              <w:t>میهمان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D54C91" w:rsidRDefault="00D54C91" w:rsidP="00597379">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D54C91" w:rsidRPr="00597379" w:rsidRDefault="00D54C91" w:rsidP="00597379">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
@@ -6280,77 +4984,78 @@
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D54C91" w:rsidRDefault="00D54C91" w:rsidP="00140A27">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D54C91" w:rsidRDefault="00D54C91" w:rsidP="00140A27">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+          <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597379">
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:rtl/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>دانشجویان کارشناسی ارشد ویروس‌شناسي پزشکی</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A2BA6" w:rsidRDefault="005A2BA6" w:rsidP="00140A27">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+          <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005A2BA6" w:rsidRDefault="005A2BA6" w:rsidP="00140A27">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D54C91" w:rsidRDefault="00D54C91" w:rsidP="00140A27">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -8323,69 +7028,69 @@
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00044F55" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>فارغ التحصیل</w:t>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="00140A27">
         <w:trPr>
           <w:trHeight w:val="104"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
@@ -8689,69 +7394,69 @@
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00044F55" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>فارغ التحصیل</w:t>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="00140A27">
         <w:trPr>
           <w:trHeight w:val="98"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
@@ -8897,737 +7602,753 @@
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="001D2CD2" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00140A27">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>فارغ التحصیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="000B093C">
+      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="00140A27">
         <w:trPr>
           <w:trHeight w:val="176"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="004D52A4" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="004D52A4" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>عاطفه زمانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="004D52A4" w:rsidRDefault="004D52A4" w:rsidP="00140A27">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002512E5">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد ویروس شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="004D52A4" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>پژوهش</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>آموزش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="000B093C">
+      <w:tr w:rsidR="00E64225" w:rsidRPr="00597379" w:rsidTr="00E64225">
         <w:trPr>
           <w:trHeight w:val="176"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>محمد صباغیان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002512E5">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد ویروس شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002875A4">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>فارغ التحصیل</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00E64225">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00647EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>آموزش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="000B093C">
+      <w:tr w:rsidR="00E64225" w:rsidRPr="00597379" w:rsidTr="00E64225">
         <w:trPr>
           <w:trHeight w:val="176"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>زینب محمدی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002512E5">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد ویروس شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002875A4">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>فارغ التحصیل</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00E64225">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00647EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>آموزش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="000B093C">
+      <w:tr w:rsidR="00E64225" w:rsidRPr="00597379" w:rsidTr="00E64225">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>حمیدرضا قیطاسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد ویروس شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="002875A4">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>فارغ التحصیل</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E64225" w:rsidRDefault="00E64225" w:rsidP="00E64225">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00647EA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="fa-IR"/>
+              </w:rPr>
+              <w:t>آموزش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
@@ -9684,1730 +8405,577 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد ویروس شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F90D5F" w:rsidRPr="002875A4" w:rsidRDefault="00F90D5F" w:rsidP="00140A27">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1402</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F90D5F" w:rsidRPr="00647EA2" w:rsidRDefault="001B6AA2" w:rsidP="00E64225">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00647EA2" w:rsidRDefault="00F90D5F" w:rsidP="00E64225">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>پژوهش</w:t>
+              <w:t>جدیدالورود</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6AA2" w:rsidRPr="00597379" w:rsidTr="00F72C93">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRDefault="001B6AA2" w:rsidP="00140A27">
-[...13 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00140A27">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRPr="00F90D5F" w:rsidRDefault="001B6AA2" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Lotus"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90D5F">
               <w:rPr>
                 <w:rFonts w:cs="B Lotus" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>هادی احمدی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRDefault="001B6AA2" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0093455A">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد ویروس شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRDefault="001B6AA2" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00287569">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1402</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EB3FDF">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0093756C">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>پژوهش</w:t>
+              <w:t>جدیدالورود</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6AA2" w:rsidRPr="00597379" w:rsidTr="00F72C93">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRDefault="001B6AA2" w:rsidP="00140A27">
-[...13 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00140A27">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRPr="00F90D5F" w:rsidRDefault="001B6AA2" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Lotus"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90D5F">
               <w:rPr>
                 <w:rFonts w:cs="B Lotus" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>محمد قنواتی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRDefault="001B6AA2" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="0093455A">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد ویروس شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRDefault="001B6AA2" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00287569">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1402</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00EB3FDF">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0093756C">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
-              <w:t>پژوهش</w:t>
+              <w:t>جدیدالورود</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B6AA2" w:rsidRPr="00597379" w:rsidTr="00F72C93">
+      <w:tr w:rsidR="00F90D5F" w:rsidRPr="00597379" w:rsidTr="00F90D5F">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="525" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRDefault="001B6AA2" w:rsidP="00140A27">
-[...13 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00140A27">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1904" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRPr="00F90D5F" w:rsidRDefault="001B6AA2" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRPr="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Lotus"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90D5F">
               <w:rPr>
                 <w:rFonts w:cs="B Lotus" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>محیا زارعی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2718" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRDefault="001B6AA2" w:rsidP="00A94DCB">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004A36C0">
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0093455A">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ارشد ویروس شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="001B6AA2" w:rsidRDefault="001B6AA2" w:rsidP="00F90D5F">
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00287569">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1402</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...1160 lines deleted...]
-            <w:r w:rsidRPr="002159C6">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F90D5F" w:rsidRDefault="00F90D5F" w:rsidP="00F90D5F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0093756C">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
                 <w:lang w:bidi="fa-IR"/>
               </w:rPr>
               <w:t>جدیدالورود</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00597379" w:rsidRDefault="00597379" w:rsidP="00D54C91">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
@@ -11609,51 +9177,50 @@
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D54C91" w:rsidRDefault="00D54C91" w:rsidP="00140A27">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597379">
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:rtl/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>دانشجویان دکتری تخصصی باکتری‌شناسي پزشکی</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D54C91" w:rsidRDefault="00D54C91" w:rsidP="00140A27">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D54C91" w:rsidRPr="00597379" w:rsidRDefault="00D54C91" w:rsidP="00140A27">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
@@ -11853,53 +9420,52 @@
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>وضعیت</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001D2CD2" w:rsidRPr="00597379" w:rsidTr="00D95EB1">
+      <w:tr w:rsidR="001D2CD2" w:rsidRPr="00597379" w:rsidTr="000A79BA">
         <w:trPr>
-          <w:trHeight w:val="507"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="001D2CD2" w:rsidRPr="00597379" w:rsidRDefault="001D2CD2" w:rsidP="001D2CD2">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -12600,53 +10166,52 @@
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="001D2CD2" w:rsidRDefault="001D2CD2" w:rsidP="001D2CD2">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00C73B2E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi" w:hint="cs"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>فارغ التحصیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="00D95EB1">
+      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="004D52A4">
         <w:trPr>
-          <w:trHeight w:val="498"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -12770,631 +10335,651 @@
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00D95EB1" w:rsidP="00140A27">
-[...17 lines deleted...]
-              <w:t>فارغ التحصیل</w:t>
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00597379">
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="004E159C">
+      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="004D52A4">
         <w:trPr>
-          <w:trHeight w:val="435"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>هادی فیضی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ph.D</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t> باکتری شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...12 lines deleted...]
-              <w:t>فارغ التحصیل</w:t>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00597379">
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="004E159C">
+      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="004D52A4">
         <w:trPr>
-          <w:trHeight w:val="435"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>هیوا کدخدا</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ph.D</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t> باکتری شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="007E7D44">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="001D2CD2" w:rsidP="00140A27">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>فارغ التحصیل</w:t>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidTr="004E159C">
+      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="004D52A4">
         <w:trPr>
-          <w:trHeight w:val="435"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2799" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الهام شیخ ساران</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ph.D</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t> باکتری شناسی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1034" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB0869" w:rsidRPr="00597379" w:rsidRDefault="00EB0869" w:rsidP="00140A27">
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00597379">
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>98</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="007E7D44">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>فارغ التحصیل</w:t>
+              <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="00D95EB1">
+      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="004D52A4">
         <w:trPr>
-          <w:trHeight w:val="552"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -13541,53 +11126,52 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>فارغ التحصیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="00D95EB1">
+      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="00E64225">
         <w:trPr>
-          <w:trHeight w:val="435"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -13733,53 +11317,52 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="00D95EB1">
+      <w:tr w:rsidR="00597379" w:rsidRPr="00597379" w:rsidTr="00E64225">
         <w:trPr>
-          <w:trHeight w:val="435"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -13925,53 +11508,52 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="00D95EB1">
+      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="004D52A4">
         <w:trPr>
-          <w:trHeight w:val="435"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="004D52A4" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -14119,53 +11701,52 @@
           </w:tcPr>
           <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="00D95EB1">
+      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="004D52A4">
         <w:trPr>
-          <w:trHeight w:val="525"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004D52A4" w:rsidRDefault="004D52A4" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -14313,53 +11894,52 @@
           </w:tcPr>
           <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>پژوهش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="00D95EB1">
+      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="004D52A4">
         <w:trPr>
-          <w:trHeight w:val="615"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004D52A4" w:rsidRDefault="004D52A4" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -14483,77 +12063,76 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="00D95EB1" w:rsidP="00140A27">
+          <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>پژوهش</w:t>
+              <w:t>آموزش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="00D95EB1">
+      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="004D52A4">
         <w:trPr>
-          <w:trHeight w:val="525"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004D52A4" w:rsidRDefault="004D52A4" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -14677,77 +12256,76 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="00D95EB1" w:rsidP="00140A27">
+          <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>پژوهش</w:t>
+              <w:t>آموزش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="00D95EB1">
+      <w:tr w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidTr="004D52A4">
         <w:trPr>
-          <w:trHeight w:val="615"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="004D52A4" w:rsidRDefault="004D52A4" w:rsidP="00140A27">
             <w:pPr>
               <w:bidi/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -14871,1541 +12449,79 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1401</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="00D95EB1" w:rsidP="00140A27">
-[...1464 lines deleted...]
-              <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="004D52A4" w:rsidRPr="00597379" w:rsidRDefault="00E64225" w:rsidP="00140A27">
+            <w:pPr>
+              <w:bidi/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans" w:hint="cs"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>آموزش</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00D95EB1">
+    <w:p w:rsidR="00597379" w:rsidRPr="00597379" w:rsidRDefault="00597379" w:rsidP="00597379">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597379">
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00597379">
         <w:rPr>
           <w:rFonts w:ascii="Open_Sans" w:eastAsia="Times New Roman" w:hAnsi="Open_Sans"/>
           <w:color w:val="7A7979"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:br/>
@@ -16505,101 +12621,92 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00597379"/>
-    <w:rsid w:val="00044F55"/>
     <w:rsid w:val="000918A4"/>
     <w:rsid w:val="00102D52"/>
     <w:rsid w:val="00140A27"/>
     <w:rsid w:val="00162919"/>
-    <w:rsid w:val="001B6AA2"/>
     <w:rsid w:val="001D2CD2"/>
     <w:rsid w:val="0028716E"/>
-    <w:rsid w:val="002D5662"/>
     <w:rsid w:val="00404067"/>
-    <w:rsid w:val="00497A1F"/>
     <w:rsid w:val="004D52A4"/>
     <w:rsid w:val="004D7D12"/>
-    <w:rsid w:val="00511F4C"/>
     <w:rsid w:val="00597379"/>
     <w:rsid w:val="005A2BA6"/>
-    <w:rsid w:val="00651A79"/>
     <w:rsid w:val="008C4DF9"/>
-    <w:rsid w:val="00A94DCB"/>
     <w:rsid w:val="00B716D9"/>
     <w:rsid w:val="00C61401"/>
     <w:rsid w:val="00D54C91"/>
-    <w:rsid w:val="00D95EB1"/>
     <w:rsid w:val="00E64225"/>
-    <w:rsid w:val="00EB0869"/>
     <w:rsid w:val="00F90D5F"/>
     <w:rsid w:val="00F92C1C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="/"/>
-  <w:listSeparator w:val="؛"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -17400,78 +13507,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA7DF26B-B9E2-4BA5-9F5F-BE791179E4EE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95B73535-27B2-4044-8D03-9D5BA965CCE4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3882</Characters>
+  <Pages>3</Pages>
+  <Words>508</Words>
+  <Characters>2898</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4554</CharactersWithSpaces>
+  <CharactersWithSpaces>3400</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>