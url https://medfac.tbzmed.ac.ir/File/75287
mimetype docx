--- v0 (2025-10-17)
+++ v1 (2025-11-25)
@@ -13,87 +13,87 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1141"/>
         <w:bidiVisual/>
         <w:tblW w:w="11199" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
-        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2268"/>
-        <w:gridCol w:w="2693"/>
-        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0065382F" w:rsidTr="001958C8">
+      <w:tr w:rsidR="0065382F" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0065382F" w:rsidRPr="00144712" w:rsidRDefault="004F1130" w:rsidP="0065382F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009215F5">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>تاریخ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0065382F" w:rsidRPr="00144712" w:rsidRDefault="0065382F" w:rsidP="0065382F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>سال 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -105,3397 +105,3479 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>سال 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0065382F" w:rsidRPr="00144712" w:rsidRDefault="0065382F" w:rsidP="0065382F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>سال 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0065382F" w:rsidRPr="00144712" w:rsidRDefault="0065382F" w:rsidP="0065382F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>سال 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7400B" w:rsidTr="001958C8">
+      <w:tr w:rsidR="00A7400B" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00A7400B" w:rsidRPr="00144712" w:rsidRDefault="00A7400B" w:rsidP="00A7400B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00A7400B" w:rsidRPr="009215F5" w:rsidRDefault="00D811D1" w:rsidP="004F7E5B">
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A7400B" w:rsidRPr="009215F5" w:rsidRDefault="00A7400B" w:rsidP="004F7E5B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A7400B" w:rsidRDefault="00BD1CAF" w:rsidP="005E6F1B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>محمدمهری/محمدی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A7400B" w:rsidRDefault="00A411DF" w:rsidP="00732B85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فتاحی/راهوار/لیثی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A7400B" w:rsidRDefault="00A11948" w:rsidP="00DB3785">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فردی/ستاری فر/نبوی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A7400B" w:rsidTr="004366DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A7400B" w:rsidRPr="00144712" w:rsidRDefault="00A7400B" w:rsidP="00A7400B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144712">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A7400B" w:rsidRPr="009215F5" w:rsidRDefault="00A7400B" w:rsidP="00A7400B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>جمشیدی</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A7400B" w:rsidRDefault="00DC5ECF" w:rsidP="005E6F1B">
-[...51 lines deleted...]
-              <w:t>فردی/جباری/حسینی</w:t>
+          <w:p w:rsidR="00A7400B" w:rsidRDefault="00BD1CAF" w:rsidP="00460504">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بابانژاد/شیبانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A7400B" w:rsidRDefault="00A411DF" w:rsidP="00732B85">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اسفندیاری/حسینی/خانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A7400B" w:rsidRDefault="00A11948" w:rsidP="003F216A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پسته ای/مولد/جعفرپور</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A7400B" w:rsidTr="001958C8">
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A7400B" w:rsidRPr="00144712" w:rsidRDefault="00A7400B" w:rsidP="00A7400B">
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>2</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00A7400B" w:rsidRPr="009215F5" w:rsidRDefault="00D811D1" w:rsidP="00A7400B">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ملکی/آل یاری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شالچی/فرداد/فتاحی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسینی/ستاری فر/فردی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144712">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>نیک آذر/حامی</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A7400B" w:rsidRDefault="00DC5ECF" w:rsidP="00460504">
-[...51 lines deleted...]
-              <w:t>شریفی/معصومی/ستاری فر</w:t>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نیک نیاز/قهرمان زاده</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>راهوار/لیثی/اسدی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیم پور/نبوی/معصومی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C50C80" w:rsidTr="001958C8">
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>3</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00D811D1" w:rsidP="00C50C80">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عبدل زاده/شیبانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسینی/فتاحی/فرداد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00B3177D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مولد/پسته ای/ستاریفر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144712">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>جوادی/نوع پرور</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C50C80" w:rsidRDefault="00DC5ECF" w:rsidP="00C50C80">
-[...51 lines deleted...]
-              <w:t>حسینی/امیرکواسمی/ابراهیم پور</w:t>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیمی/نیک نیاز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شالچی/میرزایی/اسفندیاری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فردی/معصومی/ابراهیم پور</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C50C80" w:rsidTr="001958C8">
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>4</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00D811D1" w:rsidP="00C50C80">
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>محمدی/محمدمهری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00EF353D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لیثی/خانی/راهوار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00935EA8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مولد</w:t>
+            </w:r>
+            <w:r w:rsidR="00935EA8" w:rsidRPr="00935EA8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00935EA8" w:rsidRPr="00935EA8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حس</w:t>
+            </w:r>
+            <w:r w:rsidR="00935EA8" w:rsidRPr="00935EA8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidR="00935EA8" w:rsidRPr="00935EA8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ن</w:t>
+            </w:r>
+            <w:r w:rsidR="00935EA8" w:rsidRPr="00935EA8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidR="00935EA8">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00935EA8">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00935EA8" w:rsidRPr="00935EA8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نبو</w:t>
+            </w:r>
+            <w:r w:rsidR="00935EA8" w:rsidRPr="00935EA8">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144712">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>حامی</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C50C80" w:rsidRDefault="00DC5ECF" w:rsidP="00C50C80">
-[...51 lines deleted...]
-              <w:t>مولد/معصومی/ستاری فر/شریفی</w:t>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیمی/ستارپور</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فرداد/اسفندیاری/مقیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00D802A0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ستاری فر/فردی/ابراهیم پور</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C50C80" w:rsidTr="001958C8">
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>5</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00D811D1" w:rsidP="00C50C80">
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بابانژاد/درخشی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسینی/شالچی/فتاحی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسینی/نبوی/پسته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144712">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>شکوری/سربخشی</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C50C80" w:rsidRDefault="005E773A" w:rsidP="00C50C80">
-[...51 lines deleted...]
-              <w:t>فردی/امیرکواسمی/ابراهیم پور/حسینی</w:t>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نیک نیاز/محمدمهری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فرداد/رنجبر/اسدی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیم پور/فردی/جعفرپور</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>6</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003B48B2" w:rsidRPr="009215F5" w:rsidRDefault="00D811D1" w:rsidP="00EC6DE7">
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00D37B88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بابانژاد/ملکی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لیثی/اسفندیاری/خانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پسته ای/ستاری فر/معصومی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144712">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="009215F5" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>جمشیدی/مهری</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRDefault="005E773A" w:rsidP="003B48B2">
-[...51 lines deleted...]
-              <w:t>مولد/شریفی/جباری/معصومی</w:t>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیمی/نیک نیاز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسینی/فرداد/شالچی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جعفرپور/حسینی/فردی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>7</w:t>
-[...24 lines deleted...]
-            </w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00FB4CC9" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0028747D" w:rsidRDefault="005E773A" w:rsidP="0028747D">
-[...51 lines deleted...]
-              <w:t>حسینی/ستاری فر/امیرکواسمی</w:t>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عبدل زاده/آل یاری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فتاحی/راهوار/لیثی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="009B07E7" w:rsidP="009B07E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B07E7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نبو</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B07E7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">ی </w:t>
+            </w:r>
+            <w:r w:rsidR="00A11948">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیم پور/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مولد</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="00C50C80" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00144712" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>8</w:t>
-[...24 lines deleted...]
-            </w:r>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00461FC0" w:rsidRDefault="00C50C80" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="003C767D" w:rsidRDefault="005E773A" w:rsidP="00DE561E">
-[...68 lines deleted...]
-              <w:t>ابراهیم پور/جباری/شریفی</w:t>
+          <w:p w:rsidR="00C50C80" w:rsidRPr="00E73CEA" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ستارپور/ملکی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A411DF" w:rsidP="006F7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مقیمی/حسینی/خانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C50C80" w:rsidRDefault="00A11948" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>معصومی/ستاری فر/جعفرپور</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>9</w:t>
-[...25 lines deleted...]
-          </w:p>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRDefault="00A76682" w:rsidP="003B48B2">
-[...18 lines deleted...]
-              <w:t>ملکی/</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00E73CEA" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>محمدی/آل یاری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00065054" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اسفندیاری/راهوار/لیثی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00A11948" w:rsidP="009B07E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نبوی/ابراهیم پور/</w:t>
+            </w:r>
+            <w:r w:rsidR="009B07E7">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پسته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144712">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00BD1CAF" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD1CAF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ستارپور</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1CAF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1CAF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ملک</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BD1CAF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00065054" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>خانی/فرداد/شالچی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00A11948" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جعفرپور/حسینی/معصومی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00144712">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00491920" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آل یاری/محمدی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00065054" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لیثی/مقیمی/مصطفی نژاد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00F63F10" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ستاری فر/مولد</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA11AF">
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA11AF">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r>
-[...44 lines deleted...]
-              <w:t>امیرکواسمی/حسینی/فردی/ستاری فر</w:t>
+            <w:r w:rsidR="00BA11AF" w:rsidRPr="00BA11AF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نبو</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA11AF" w:rsidRPr="00BA11AF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>10</w:t>
-[...25 lines deleted...]
-          </w:p>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRDefault="00FF6050" w:rsidP="003B48B2">
-[...51 lines deleted...]
-              <w:t>جباری/ابراهیم پور/مولد</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00E73CEA" w:rsidRDefault="00491920" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>قهرمانزاده/عبدل زاده</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00065054" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>راهوار/حسینی/رنجبر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00F63F10" w:rsidP="00C26BDE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فردی/حسینی/</w:t>
+            </w:r>
+            <w:r w:rsidR="00C26BDE">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>معصومی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00C50C80">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>11</w:t>
-[...25 lines deleted...]
-          </w:p>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRDefault="00FF6050" w:rsidP="003B48B2">
-[...51 lines deleted...]
-              <w:t>شریفی/معصومی/امیرکواسمی/حسینی</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00E73CEA" w:rsidRDefault="00491920" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شیبانی/ملکی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00065054" w:rsidP="00C50C80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شالچی/فرداد/فتاحی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00F63F10" w:rsidP="00C26BDE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ستاری فر/مولد/</w:t>
+            </w:r>
+            <w:r w:rsidR="00C26BDE">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پسته ای</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00CC4A0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>12</w:t>
-[...25 lines deleted...]
-          </w:p>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRDefault="00FF6050" w:rsidP="003B48B2">
-[...51 lines deleted...]
-              <w:t>جباری/فردی/مولد/ابراهیم پور</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00E73CEA" w:rsidRDefault="00491920" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیمی/عبدل زاده</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00065054" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مقیمی/اسفندیاری/میرزایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00F63F10" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جعفرپور/ابراهیم پور/فردی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00CC4A0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>13</w:t>
-[...21 lines deleted...]
-          </w:p>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRDefault="00FF6050" w:rsidP="003B48B2">
-[...51 lines deleted...]
-              <w:t>شریفی/امیرکواسمی/حسینی/جعفرپور</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00E73CEA" w:rsidRDefault="00491920" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درخشی/محمدمهری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00065054" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لیثی/خانی/راهوار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00F63F10" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پسته ای/نبوی/مولد</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00CC4A0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>14</w:t>
-[...21 lines deleted...]
-          </w:p>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00E73CEA" w:rsidRDefault="00EB3BF7" w:rsidP="003B48B2">
-[...51 lines deleted...]
-              <w:t>معصومی/مولد/جباری</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00491920" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شیبانی/جلیل پور</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00065054" w:rsidP="005C55F9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فتاحی/مقیمی/حسینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00F63F10" w:rsidP="004E1953">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیم پور/حسینی/جعفرپور</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00CC4A0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>15</w:t>
-[...15 lines deleted...]
-          </w:p>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00E73CEA" w:rsidRDefault="00EB3BF7" w:rsidP="003B48B2">
-[...51 lines deleted...]
-              <w:t>ستاری فر/فردی/ابراهیم پور</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00491920" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>قهرمانزاده/نیک نیاز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00065054" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>میرزایی/رنجبر/مصطفی نژاد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00F63F10" w:rsidP="00013EAD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>معصومی/فردی/پسته ای</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00CC4A0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>16</w:t>
-[...15 lines deleted...]
-          </w:p>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRDefault="00EB3BF7" w:rsidP="003B48B2">
-[...51 lines deleted...]
-              <w:t>امیرکواسمی/مولد/جباری</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00E73CEA" w:rsidRDefault="00491920" w:rsidP="003248E5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شیبانی/جلیل پور</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="009E13E2" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مقیمی/اسفندیاری/فتاحی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="000079C7" w:rsidP="000079C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000079C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مولد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000079C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F63F10">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/حسینی/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000079C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جعفرپور</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
-[...816 lines deleted...]
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:trPr>
           <w:trHeight w:val="364"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00CC4A0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...9 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00E73CEA" w:rsidRDefault="004F0A26" w:rsidP="003B48B2">
-[...51 lines deleted...]
-              <w:t>حسینی/ستاری فر/جباری/ابراهیم پور</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00E73CEA" w:rsidRDefault="00491920" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>محمدمهری/بابانژاد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="009E13E2" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لیثی/خانی/حسینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00F63F10" w:rsidP="0028286C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>معصومی/ابراهیم پور/پسته ای</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00CC4A0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...9 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00E73CEA" w:rsidRDefault="00E72240" w:rsidP="003B48B2">
-[...58 lines deleted...]
-              <w:t>/فردی</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00E73CEA" w:rsidRDefault="00491920" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیمی/محمدی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="009E13E2" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فرداد/شالچی/فتاحی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00597427" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ستاری فر/حسینی/نبوی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00CC4A0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...9 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00E73CEA" w:rsidRDefault="00E72240" w:rsidP="00F03604">
-[...51 lines deleted...]
-              <w:t>جباری/شریفی/ابراهیم پور/ستاری فر</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00E73CEA" w:rsidRDefault="00491920" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جلیل پور/بابانژاد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="009E13E2" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اسفندیاری/لیثی/راهوار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00597427" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پسته ای/مولد/معصومی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00CC4A0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...9 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="000F11BA" w:rsidRDefault="00E6508E" w:rsidP="003B48B2">
-[...55 lines deleted...]
-              <w:t>مععصومی/مولد/فردی/امیرکواسمی</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00491920" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>قهرمانزاده</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عبدل</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>زاده</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="009E13E2" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مقیمی/شالچی/فرداد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00597427" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نبوی/فردی/ابراهیم پور</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="00CC4A0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...9 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00E73CEA" w:rsidRDefault="00330678" w:rsidP="003B48B2">
-[...51 lines deleted...]
-              <w:t>ستاری فر/شریفی/ابراهیم پور</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00E73CEA" w:rsidRDefault="00491920" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جل</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ل</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پور</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00491920">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بابانژاد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="009E13E2" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسینی/خانی/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E13E2">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مصطف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E13E2">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E13E2">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E13E2">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نژاد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00597427" w:rsidP="00CC4A0C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسینی/معصومی/پسته ای</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B48B2" w:rsidTr="001958C8">
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRPr="00144712" w:rsidRDefault="003B48B2" w:rsidP="003B48B2">
+          <w:p w:rsidR="008E7A0A" w:rsidRPr="00144712" w:rsidRDefault="008E7A0A" w:rsidP="008E7A0A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...9 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A" w:rsidP="008E7A0A"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003B48B2" w:rsidRDefault="008F7959" w:rsidP="00F03604">
-[...51 lines deleted...]
-              <w:t>معصومی/فردی/مولد</w:t>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00491920" w:rsidP="008E7A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درخشی/ستارپور</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="009E13E2" w:rsidP="008E7A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>راهوار/لیثی/مقیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="009B07E7" w:rsidP="008E7A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیم پور/مولد/جعفرپور</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008E7A0A" w:rsidTr="004366DB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A" w:rsidP="008E7A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="008E7A0A" w:rsidP="008E7A0A"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="00491920" w:rsidP="008E7A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جلیل پور/قهرمان زاده</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="009E13E2" w:rsidP="008E7A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>خانی/فرداد/شالچی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008E7A0A" w:rsidRDefault="000C155F" w:rsidP="008E7A0A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسینی/ستاری فر/نبوی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D0523A" w:rsidRPr="009957AA" w:rsidRDefault="00144712" w:rsidP="00930DBF">
+    <w:p w:rsidR="00D0523A" w:rsidRPr="009957AA" w:rsidRDefault="00144712" w:rsidP="008343D1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009957AA">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t>لیست کشیک رزیدنتی در</w:t>
       </w:r>
-      <w:r w:rsidR="00BE53C4">
+      <w:r w:rsidR="00B05D1A">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00930DBF">
+      <w:r w:rsidR="008343D1">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>بهمن</w:t>
+        <w:t>خرداد</w:t>
+      </w:r>
+      <w:r w:rsidR="006C0A29">
+        <w:rPr>
+          <w:rFonts w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004520E9">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009957AA">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">ماه </w:t>
       </w:r>
       <w:r w:rsidR="002E2F5A">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t>140</w:t>
       </w:r>
-      <w:r w:rsidR="00030929">
+      <w:r w:rsidR="00973F98">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="001B00BC">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E3E04">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t>الزهرا</w:t>
       </w:r>
@@ -3580,146 +3662,134 @@
     </w:p>
     <w:p w:rsidR="00D72D98" w:rsidRDefault="00D72D98" w:rsidP="00C97CE0">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D72D98" w:rsidRDefault="00D72D98" w:rsidP="00C97CE0">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F75C4A" w:rsidRPr="00C97CE0" w:rsidRDefault="00F75C4A" w:rsidP="00930DBF">
+    <w:p w:rsidR="00F75C4A" w:rsidRPr="00C97CE0" w:rsidRDefault="00F75C4A" w:rsidP="008343D1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C97CE0">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>لیست کشیک رزیدنتی در</w:t>
       </w:r>
-      <w:r w:rsidR="002D53E4">
+      <w:r w:rsidR="008343D1">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  خرداد </w:t>
       </w:r>
-      <w:r w:rsidR="00930DBF">
-[...11 lines deleted...]
-      <w:r w:rsidR="00351216">
+      <w:r w:rsidR="004B7A76">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C97CE0">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">ماه </w:t>
       </w:r>
       <w:r w:rsidR="002E2F5A">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t>140</w:t>
       </w:r>
-      <w:r w:rsidR="00030929">
+      <w:r w:rsidR="00973F98">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00754099">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E3E04">
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:rtl/>
         </w:rPr>
         <w:t>طالقانی</w:t>
       </w:r>
@@ -3900,3513 +3970,3884 @@
           </w:tcPr>
           <w:p w:rsidR="00587850" w:rsidRPr="00144712" w:rsidRDefault="00587850" w:rsidP="00587850">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00587850" w:rsidRPr="00FB4CC9" w:rsidRDefault="0039702E" w:rsidP="00587850">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00587850" w:rsidRPr="00FB4CC9" w:rsidRDefault="00587850" w:rsidP="00587850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00587850" w:rsidRDefault="00DE02FD" w:rsidP="00587850">
-[...11 lines deleted...]
-              <w:t>محمدی</w:t>
+          <w:p w:rsidR="00587850" w:rsidRDefault="008A6797" w:rsidP="00587850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آل یاری</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00587850" w:rsidRDefault="00E94DF2" w:rsidP="00587850">
-[...11 lines deleted...]
-              <w:t>بیثی/مقیمی</w:t>
+          <w:p w:rsidR="00587850" w:rsidRDefault="0048446B" w:rsidP="00587850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>میرزایی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00587850" w:rsidRDefault="00E9727C" w:rsidP="00587850">
-[...11 lines deleted...]
-              <w:t>پسته ای /ابراهیم پور</w:t>
+          <w:p w:rsidR="00587850" w:rsidRDefault="00C8734C" w:rsidP="00587850">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جباری/امیرکواسمی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00270360" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00270360" w:rsidRPr="00144712" w:rsidRDefault="00270360" w:rsidP="00270360">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00270360" w:rsidRPr="00FB4CC9" w:rsidRDefault="0039702E" w:rsidP="00270360">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00270360" w:rsidRPr="00FB4CC9" w:rsidRDefault="00270360" w:rsidP="00270360">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00270360" w:rsidRDefault="00DE02FD" w:rsidP="00270360">
-[...11 lines deleted...]
-              <w:t>ستارپور</w:t>
+          <w:p w:rsidR="00270360" w:rsidRDefault="008A6797" w:rsidP="00270360">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درخشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00270360" w:rsidRDefault="00E94DF2" w:rsidP="00270360">
-[...11 lines deleted...]
-              <w:t>میرزایی</w:t>
+          <w:p w:rsidR="00270360" w:rsidRDefault="0048446B" w:rsidP="00270360">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اسدی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00270360" w:rsidRDefault="00E9727C" w:rsidP="00270360">
-[...11 lines deleted...]
-              <w:t>صدری/نبوی</w:t>
+          <w:p w:rsidR="00270360" w:rsidRDefault="00C8734C" w:rsidP="00270360">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شریفی/صدری</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A0E28" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="00CB1405" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00144712" w:rsidRDefault="008A0E28" w:rsidP="008A0E28">
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00144712" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00FB4CC9" w:rsidRDefault="0039702E" w:rsidP="008A0E28">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00FB4CC9" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00DE02FD" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>قهرمان زاده</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="008A6797" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسن پور</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00E94DF2" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>لیثی/مصطفی نژاد</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="0048446B" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رنجبر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00E9727C" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>پسته ای /جعفرپور</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="00C8734C" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>امیرکواسمی/جباری</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A0E28" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="00CB1405" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00144712" w:rsidRDefault="008A0E28" w:rsidP="008A0E28">
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00144712" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00FB4CC9" w:rsidRDefault="0039702E" w:rsidP="008A0E28">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00FB4CC9" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00DE02FD" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>عبدل زاده/محمدی</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="008A6797" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ذوالفقاری</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00E94DF2" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>میرزایی/رنجبری</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="0048446B" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مصطفی نژاد</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00E9727C" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>صدری/جباری</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="00C8734C" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>صدر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A0E28" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="00CB1405" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00144712" w:rsidRDefault="008A0E28" w:rsidP="008A0E28">
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00144712" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00FB4CC9" w:rsidRDefault="0039702E" w:rsidP="008A0E28">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00FB4CC9" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00DE02FD" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>محمدمهری/ستارپور</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="008A6797" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسن</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پور</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00E94DF2" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>مصطفی نژاد</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="0048446B" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رنجبر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00E9727C" w:rsidP="008A0E28">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E9727C">
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="00C8734C" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>پسته</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E9727C">
+              <w:t>ام</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رکواسم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E9727C">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ا</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E9727C">
+              <w:t>جبار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E9727C">
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A0E28" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="00CB1405" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00144712" w:rsidRDefault="008A0E28" w:rsidP="008A0E28">
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00144712" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00FB4CC9" w:rsidRDefault="0039702E" w:rsidP="008A0E28">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00FB4CC9" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00DE02FD" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>درخشی/قهرمان زاده</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="008A6797" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>----------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00E94DF2" w:rsidP="008A0E28">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="00E94DF2">
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="0048446B" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>------------------------</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="0048446B" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>/</w:t>
-[...33 lines deleted...]
-              <w:t>صدری/نبوی</w:t>
+              <w:t>------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A0E28" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="00CB1405" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00144712" w:rsidRDefault="008A0E28" w:rsidP="008A0E28">
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00144712" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00FB4CC9" w:rsidRDefault="0039702E" w:rsidP="008A0E28">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00FB4CC9" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00DE02FD" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>----------------</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="008A6797" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عبدل زاده</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00042476" w:rsidP="008A0E28">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00042476">
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="0048446B" w:rsidP="00664194">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اسد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="008532FC" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جبار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>----------------</w:t>
-[...19 lines deleted...]
-              <w:t>----------------</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ام</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رکواسم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A0E28" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="00CB1405" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00144712" w:rsidRDefault="008A0E28" w:rsidP="008A0E28">
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00144712" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00FB4CC9" w:rsidRDefault="0039702E" w:rsidP="008A0E28">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00FB4CC9" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00DE02FD" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>محمدی/ابراهیمی</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="008A6797" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ذوالفقار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00E94DF2" w:rsidP="008A0E28">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E94DF2">
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="0048446B" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>م</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E94DF2">
+              <w:t>رنجبر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="00C8734C" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E94DF2">
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>رزا</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E94DF2">
+              <w:t>ف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>یی</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E94DF2">
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E94DF2">
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>رنجبر</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+              <w:t>صدر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...18 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A0E28" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="00CB1405" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRPr="00144712" w:rsidRDefault="008A0E28" w:rsidP="008A0E28">
+          <w:p w:rsidR="00CB1405" w:rsidRPr="00144712" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="0039702E" w:rsidP="008A0E28">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="00CB1405" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00DE02FD" w:rsidP="00440CCF">
-[...11 lines deleted...]
-              <w:t>قهرمان زاده</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="008A6797" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسن</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پور</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00E94DF2" w:rsidP="008A0E28">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E94DF2">
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="003F10B5" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ل</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E94DF2">
+              <w:t>مصطف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E94DF2">
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ث</w:t>
-[...40 lines deleted...]
-              </w:rPr>
               <w:t>نژاد</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A0E28" w:rsidRDefault="00E9727C" w:rsidP="008A0E28">
-[...11 lines deleted...]
-              <w:t>جعفرپور/نبوی</w:t>
+          <w:p w:rsidR="00CB1405" w:rsidRDefault="008532FC" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جعفرپور/جباری</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="00CB1405">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00FB4CC9" w:rsidRDefault="0035257A" w:rsidP="0035257A">
-[...13 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>حسن پور/محمدی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عبدل</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>زاده</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E94DF2" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>رنجبر</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="004C4236" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C4236">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>م</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C4236">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C4236">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رزا</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C4236">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>یی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>پسته ای/صدری</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008532FC" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>صدری/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ام</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رکواسم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="00CB1405">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00FB4CC9" w:rsidRDefault="0035257A" w:rsidP="0035257A">
-[...13 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>قهرمان زاده/جلیل پور</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسن</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پور</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E94DF2" w:rsidP="0035257A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E94DF2">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="003F10B5" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ل</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E94DF2">
+              <w:t>مصطف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E94DF2">
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ث</w:t>
-[...40 lines deleted...]
-              </w:rPr>
               <w:t>نژاد</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>جعفرپور/نبوی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008532FC" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مولد/شریفی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="00CB1405">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00FB4CC9" w:rsidRDefault="0035257A" w:rsidP="0035257A">
-[...13 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>-------------</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRPr="00E73CEA" w:rsidRDefault="008A6797" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ذوالفقار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00042476" w:rsidP="0035257A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00042476">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00FB4CC9" w:rsidRDefault="0048446B" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اسد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="00C8734C" w:rsidP="00CB1405">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ام</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رکواسم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>----------------</w:t>
-[...19 lines deleted...]
-              <w:t>----------------</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جبار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="00507B22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00FB4CC9" w:rsidRDefault="0035257A" w:rsidP="0035257A">
-[...20 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>ستارپور</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRPr="00E73CEA" w:rsidRDefault="008A6797" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>----------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E94DF2" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>رنجبری</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRPr="00FB4CC9" w:rsidRDefault="0048446B" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>صدری/معصومی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="00507B22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00FB4CC9" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="001A14F7">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسن</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>----------</w:t>
-[...19 lines deleted...]
-              <w:t>--------------</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>پور</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00042476" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>----------------</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="003F10B5" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>م</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رزا</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>یی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00042476" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>----------------</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008532FC" w:rsidP="00BC3BD7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>صدری/شریفی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="00507B22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...17 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="006B75A9" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>محمدی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRPr="006B75A9" w:rsidRDefault="008A6797" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>----------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E94DF2" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>میرزایی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>نبوی/جعفرپور</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="00507B22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001A14F7">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ذوالفقار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="003F10B5" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>م</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رزا</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>یی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="00416C95" w:rsidP="00416C95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00416C95">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ام</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00416C95">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00416C95">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رکواسم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00416C95">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00416C95">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>----------</w:t>
-[...59 lines deleted...]
-              <w:t>صدری/پسته ای</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شریفی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="00507B22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>ملکی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>درخش</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E94DF2" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>لیثی/میرزایی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="00507B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اسد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>نبوی/جعفرپور</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008532FC" w:rsidP="008532FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جبار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>صدری</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001A14F7">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ابراهیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="003F10B5" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>فاضل</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001A14F7">
+              <w:t>م</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
-          </w:p>
-[...37 lines deleted...]
-              <w:t>رنجبری</w:t>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رزا</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>یی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>صدری/پسته ای</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="00A06333" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>صدر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>محمدی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E94DF2" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>میرزایی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="003F10B5" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مصطف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نژاد</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>نبوی/شریفی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="00C8734C" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>صدر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001A14F7">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRPr="00E73CEA" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جلیل پور</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رنجبر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="00C8734C" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ام</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رکواسم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>----------</w:t>
-[...59 lines deleted...]
-              <w:t>صدری/پسته ای</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جبار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C8734C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>محمدی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>آل یاری</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE7623" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>مصطفی نژاد</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اسد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>حسینی/نبوی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="006B4098" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B4098">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>صدر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B4098">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B4098">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B4098">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B4098">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B4098">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B4098">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001A14F7">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>----------</w:t>
-[...19 lines deleted...]
-              <w:t>درخشی/شیبانی</w:t>
+              <w:t>----------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE7623" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>لیثی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>پسته ای/فردی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>قهرمان زاده/بابانژاد</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسن پور</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE7623" w:rsidP="0035257A">
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00DE7623">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>مصطف</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00DE7623">
+              <w:t>اسد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0048446B">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DE7623">
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>نبوی/ستاری فر</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="006B4098" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>صدری/جباری</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ستارپور</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE7623" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>لیثی/رنجبری</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0075622B" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>راهوار</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>پسته ای/جعفرپور</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="00416C95" w:rsidP="00416C95">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00416C95">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ام</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00416C95">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00416C95">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رکواسم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00416C95">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00416C95">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شریفی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>قهرمان زاده</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>----------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE7623" w:rsidP="0035257A">
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00DE7623">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-              <w:t>نژاد</w:t>
+              <w:t>------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>نبوی/صدری</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="00650545">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>------------------------</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>-------------</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نیک نیاز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00042476" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>----------------</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="003F10B5" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>م</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رزا</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>یی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00042476" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>----------------</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="006B4098" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فردی/جعفرپور</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>ستارپور</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ذوالفقار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00FC1315" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>لیثی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="003F10B5" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مصطف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F10B5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نژاد</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>نبوی/پسته ای</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="00A06333" w:rsidP="00A06333">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A06333">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جباری</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>قهرمان زاده</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ملکی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00FC1315" w:rsidP="0035257A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FC1315">
+          <w:p w:rsidR="009809A1" w:rsidRPr="006B75A9" w:rsidRDefault="0048446B" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>مصطف</w:t>
-[...27 lines deleted...]
-              <w:t>/میرزایی</w:t>
+              <w:t>رنجبر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="006B75A9" w:rsidRDefault="006B4098" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>صدری/جعفرپور</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00144712">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...10 lines deleted...]
-          </w:p>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>محمدی/ملکی</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>محمدمهری</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00FC1315" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>لیثی/رنجبری</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اسد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>نبوی/پسته ای</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="006B4098" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ستاری فر/شریفی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0035257A" w:rsidTr="00931EF1">
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRPr="00144712" w:rsidRDefault="0035257A" w:rsidP="0035257A">
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="001A14F7" w:rsidP="0035257A">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001A14F7">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شیبانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="0048446B" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0048446B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رنجبر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008532FC" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>جبار</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>----------</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ام</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رکواسم</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008532FC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009809A1" w:rsidTr="00931EF1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRPr="00144712" w:rsidRDefault="009809A1" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="009809A1"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00DE02FD" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>قهرمان زاده/نیک نیاز</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="008A6797" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ذوالفقا</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A6797">
+              <w:rPr>
+                <w:rFonts w:cs="Arial" w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00FC1315" w:rsidP="0035257A">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00FC1315">
+          <w:p w:rsidR="009809A1" w:rsidRDefault="003F10B5" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مصطف</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FC1315">
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="cs"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FC1315">
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FC1315">
+            <w:r w:rsidRPr="003F10B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:hint="eastAsia"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>نژاد</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0035257A" w:rsidRDefault="00E9727C" w:rsidP="0035257A">
-[...11 lines deleted...]
-              <w:t>صدری/جعفرپور</w:t>
+          <w:p w:rsidR="009809A1" w:rsidRDefault="00B024A7" w:rsidP="008E352B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>صدری/معصومی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00F75C4A" w:rsidRDefault="00C97CE0" w:rsidP="009957AA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="cs"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -10098,1615 +10539,1428 @@
   <w:num w:numId="26">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00144712"/>
     <w:rsid w:val="0000041C"/>
-    <w:rsid w:val="00001907"/>
+    <w:rsid w:val="00000C3E"/>
     <w:rsid w:val="00001B79"/>
-    <w:rsid w:val="000032F7"/>
     <w:rsid w:val="000046EF"/>
     <w:rsid w:val="00004CDD"/>
     <w:rsid w:val="0000514A"/>
     <w:rsid w:val="00005655"/>
     <w:rsid w:val="0000609F"/>
+    <w:rsid w:val="000079C7"/>
     <w:rsid w:val="00010685"/>
     <w:rsid w:val="00013EAD"/>
     <w:rsid w:val="00015EE7"/>
+    <w:rsid w:val="00020194"/>
     <w:rsid w:val="000214E6"/>
     <w:rsid w:val="00021F14"/>
-    <w:rsid w:val="00023FBF"/>
     <w:rsid w:val="000246DE"/>
     <w:rsid w:val="00025F53"/>
     <w:rsid w:val="00027A6A"/>
     <w:rsid w:val="00027B5F"/>
     <w:rsid w:val="000306ED"/>
     <w:rsid w:val="00030929"/>
     <w:rsid w:val="00030E70"/>
     <w:rsid w:val="00031C4C"/>
     <w:rsid w:val="00036AE5"/>
     <w:rsid w:val="00036F27"/>
     <w:rsid w:val="000411DC"/>
-    <w:rsid w:val="00042476"/>
     <w:rsid w:val="00044D42"/>
-    <w:rsid w:val="00044DF2"/>
     <w:rsid w:val="000451CC"/>
     <w:rsid w:val="00046FDA"/>
     <w:rsid w:val="000517A8"/>
     <w:rsid w:val="00051DBD"/>
     <w:rsid w:val="000602E3"/>
     <w:rsid w:val="000605F7"/>
-    <w:rsid w:val="000606CF"/>
     <w:rsid w:val="00060E5F"/>
     <w:rsid w:val="00061CBF"/>
     <w:rsid w:val="00062324"/>
     <w:rsid w:val="00063AB2"/>
+    <w:rsid w:val="00065054"/>
     <w:rsid w:val="00065AF7"/>
     <w:rsid w:val="00065BB5"/>
     <w:rsid w:val="0006606A"/>
     <w:rsid w:val="00066448"/>
     <w:rsid w:val="00066E5C"/>
-    <w:rsid w:val="000670C2"/>
     <w:rsid w:val="00070727"/>
     <w:rsid w:val="000712D6"/>
     <w:rsid w:val="00071323"/>
     <w:rsid w:val="00071DC1"/>
-    <w:rsid w:val="0007248F"/>
-    <w:rsid w:val="00075710"/>
     <w:rsid w:val="00076331"/>
     <w:rsid w:val="00076706"/>
     <w:rsid w:val="00076F82"/>
     <w:rsid w:val="000800FD"/>
     <w:rsid w:val="00080D32"/>
-    <w:rsid w:val="00083997"/>
-    <w:rsid w:val="0008410B"/>
     <w:rsid w:val="00084F8F"/>
     <w:rsid w:val="00085D97"/>
     <w:rsid w:val="00086A44"/>
     <w:rsid w:val="000902C8"/>
-    <w:rsid w:val="00091E62"/>
     <w:rsid w:val="00091E8B"/>
-    <w:rsid w:val="0009219F"/>
+    <w:rsid w:val="00092638"/>
     <w:rsid w:val="00094EBD"/>
     <w:rsid w:val="00095248"/>
     <w:rsid w:val="00096138"/>
     <w:rsid w:val="000A05F7"/>
     <w:rsid w:val="000A20E4"/>
     <w:rsid w:val="000A302D"/>
     <w:rsid w:val="000A31F4"/>
     <w:rsid w:val="000A329D"/>
     <w:rsid w:val="000A7272"/>
     <w:rsid w:val="000A7EFF"/>
     <w:rsid w:val="000B34CC"/>
     <w:rsid w:val="000B4143"/>
     <w:rsid w:val="000B51D6"/>
     <w:rsid w:val="000B683E"/>
     <w:rsid w:val="000C0B51"/>
-    <w:rsid w:val="000C1196"/>
-    <w:rsid w:val="000C22DB"/>
+    <w:rsid w:val="000C155F"/>
     <w:rsid w:val="000C7EAD"/>
     <w:rsid w:val="000D1082"/>
+    <w:rsid w:val="000D2A0C"/>
     <w:rsid w:val="000D56BC"/>
     <w:rsid w:val="000D71E7"/>
     <w:rsid w:val="000D7664"/>
-    <w:rsid w:val="000D7E09"/>
     <w:rsid w:val="000E0398"/>
     <w:rsid w:val="000E0D00"/>
     <w:rsid w:val="000E4374"/>
     <w:rsid w:val="000F0D74"/>
-    <w:rsid w:val="000F11BA"/>
-    <w:rsid w:val="000F4130"/>
     <w:rsid w:val="000F4D13"/>
     <w:rsid w:val="000F55A4"/>
-    <w:rsid w:val="000F59BC"/>
     <w:rsid w:val="000F6639"/>
     <w:rsid w:val="000F748D"/>
     <w:rsid w:val="00102D9B"/>
     <w:rsid w:val="00102F7C"/>
     <w:rsid w:val="00103B85"/>
     <w:rsid w:val="00104B81"/>
     <w:rsid w:val="001056EE"/>
     <w:rsid w:val="00105FF4"/>
     <w:rsid w:val="0010612D"/>
     <w:rsid w:val="001061C2"/>
     <w:rsid w:val="00107030"/>
-    <w:rsid w:val="00107DB2"/>
     <w:rsid w:val="00110677"/>
-    <w:rsid w:val="00110E80"/>
     <w:rsid w:val="0011106D"/>
-    <w:rsid w:val="0011141B"/>
     <w:rsid w:val="0011167C"/>
     <w:rsid w:val="0011167E"/>
     <w:rsid w:val="001165D3"/>
     <w:rsid w:val="00120C11"/>
     <w:rsid w:val="001219B0"/>
-    <w:rsid w:val="00125092"/>
     <w:rsid w:val="00126EA3"/>
     <w:rsid w:val="001309B3"/>
     <w:rsid w:val="001310EA"/>
     <w:rsid w:val="0013117F"/>
     <w:rsid w:val="0013236E"/>
     <w:rsid w:val="00135736"/>
-    <w:rsid w:val="0013583D"/>
     <w:rsid w:val="00136929"/>
     <w:rsid w:val="00136CAC"/>
     <w:rsid w:val="00141949"/>
     <w:rsid w:val="00144426"/>
     <w:rsid w:val="00144712"/>
-    <w:rsid w:val="001514A9"/>
     <w:rsid w:val="00153CC9"/>
     <w:rsid w:val="00154903"/>
     <w:rsid w:val="00156C71"/>
-    <w:rsid w:val="001579C9"/>
     <w:rsid w:val="0016068B"/>
     <w:rsid w:val="00160C10"/>
     <w:rsid w:val="00161BFD"/>
-    <w:rsid w:val="00162789"/>
     <w:rsid w:val="00162CA5"/>
     <w:rsid w:val="001651B4"/>
     <w:rsid w:val="0016763C"/>
     <w:rsid w:val="00172166"/>
+    <w:rsid w:val="001728C9"/>
     <w:rsid w:val="001734F2"/>
     <w:rsid w:val="00175C63"/>
     <w:rsid w:val="001769C7"/>
     <w:rsid w:val="0017752C"/>
     <w:rsid w:val="00177C69"/>
     <w:rsid w:val="00180620"/>
     <w:rsid w:val="0018235B"/>
     <w:rsid w:val="00182B81"/>
-    <w:rsid w:val="00183CA6"/>
     <w:rsid w:val="00184E7B"/>
     <w:rsid w:val="0018739B"/>
     <w:rsid w:val="00190248"/>
     <w:rsid w:val="001917AC"/>
     <w:rsid w:val="00192454"/>
     <w:rsid w:val="00194514"/>
     <w:rsid w:val="001953EA"/>
-    <w:rsid w:val="001958C8"/>
     <w:rsid w:val="001962FE"/>
     <w:rsid w:val="00197DB6"/>
     <w:rsid w:val="001A11E7"/>
-    <w:rsid w:val="001A14F7"/>
-    <w:rsid w:val="001A1DF1"/>
     <w:rsid w:val="001A34DB"/>
+    <w:rsid w:val="001A385B"/>
     <w:rsid w:val="001A473D"/>
     <w:rsid w:val="001A4CEF"/>
     <w:rsid w:val="001B00BC"/>
     <w:rsid w:val="001B0F9C"/>
     <w:rsid w:val="001B73E0"/>
     <w:rsid w:val="001B76E9"/>
     <w:rsid w:val="001C05B2"/>
     <w:rsid w:val="001C1D7B"/>
     <w:rsid w:val="001C217B"/>
     <w:rsid w:val="001C2628"/>
     <w:rsid w:val="001C3474"/>
     <w:rsid w:val="001C433C"/>
     <w:rsid w:val="001C4D40"/>
+    <w:rsid w:val="001C4F0C"/>
     <w:rsid w:val="001C5446"/>
     <w:rsid w:val="001C5AC5"/>
     <w:rsid w:val="001C76BB"/>
     <w:rsid w:val="001C7B16"/>
-    <w:rsid w:val="001D1006"/>
     <w:rsid w:val="001D1F32"/>
     <w:rsid w:val="001D58FC"/>
     <w:rsid w:val="001D7641"/>
     <w:rsid w:val="001E0134"/>
     <w:rsid w:val="001E0AAA"/>
     <w:rsid w:val="001E17AB"/>
     <w:rsid w:val="001E37B5"/>
     <w:rsid w:val="001E3FF1"/>
     <w:rsid w:val="001E430A"/>
     <w:rsid w:val="001E435A"/>
     <w:rsid w:val="001E4E16"/>
+    <w:rsid w:val="001F01ED"/>
     <w:rsid w:val="001F4E6B"/>
     <w:rsid w:val="001F70FC"/>
     <w:rsid w:val="001F78A9"/>
     <w:rsid w:val="002000BC"/>
     <w:rsid w:val="00203782"/>
     <w:rsid w:val="00203C96"/>
-    <w:rsid w:val="00204BDE"/>
     <w:rsid w:val="00210FA1"/>
     <w:rsid w:val="00211756"/>
     <w:rsid w:val="00213F58"/>
-    <w:rsid w:val="00215C37"/>
     <w:rsid w:val="00215E27"/>
     <w:rsid w:val="00216ACE"/>
     <w:rsid w:val="002218B2"/>
     <w:rsid w:val="00221929"/>
     <w:rsid w:val="00221B4B"/>
-    <w:rsid w:val="002223FB"/>
     <w:rsid w:val="00224332"/>
     <w:rsid w:val="00224E8B"/>
     <w:rsid w:val="002262AA"/>
     <w:rsid w:val="00230D24"/>
     <w:rsid w:val="00232685"/>
-    <w:rsid w:val="00232BE0"/>
     <w:rsid w:val="002346A2"/>
     <w:rsid w:val="00235779"/>
-    <w:rsid w:val="00236D15"/>
     <w:rsid w:val="00236E1E"/>
     <w:rsid w:val="00240B45"/>
-    <w:rsid w:val="00240EFF"/>
-    <w:rsid w:val="00242B38"/>
     <w:rsid w:val="00244B53"/>
-    <w:rsid w:val="0024644D"/>
     <w:rsid w:val="00246616"/>
     <w:rsid w:val="002517C2"/>
     <w:rsid w:val="00251C93"/>
     <w:rsid w:val="00252E27"/>
     <w:rsid w:val="00255A48"/>
     <w:rsid w:val="00255D0A"/>
     <w:rsid w:val="00256420"/>
-    <w:rsid w:val="00256670"/>
     <w:rsid w:val="002579C3"/>
     <w:rsid w:val="00260037"/>
     <w:rsid w:val="002603EF"/>
     <w:rsid w:val="00262D27"/>
     <w:rsid w:val="00263946"/>
     <w:rsid w:val="00266863"/>
     <w:rsid w:val="00270360"/>
     <w:rsid w:val="002710D5"/>
     <w:rsid w:val="00271C03"/>
     <w:rsid w:val="002721CE"/>
     <w:rsid w:val="00272F5E"/>
     <w:rsid w:val="00277028"/>
     <w:rsid w:val="002772C7"/>
     <w:rsid w:val="00280663"/>
     <w:rsid w:val="00282135"/>
     <w:rsid w:val="0028286C"/>
     <w:rsid w:val="002830A2"/>
     <w:rsid w:val="0028375F"/>
-    <w:rsid w:val="00284E35"/>
-    <w:rsid w:val="0028747D"/>
     <w:rsid w:val="00287A50"/>
     <w:rsid w:val="0029190B"/>
     <w:rsid w:val="00294394"/>
     <w:rsid w:val="00294577"/>
-    <w:rsid w:val="002955D9"/>
     <w:rsid w:val="00295741"/>
+    <w:rsid w:val="00295770"/>
     <w:rsid w:val="0029654D"/>
-    <w:rsid w:val="002A16D9"/>
     <w:rsid w:val="002A1F66"/>
     <w:rsid w:val="002A2B80"/>
     <w:rsid w:val="002A2C1D"/>
     <w:rsid w:val="002A45E3"/>
     <w:rsid w:val="002A45EE"/>
     <w:rsid w:val="002A512E"/>
     <w:rsid w:val="002A5333"/>
     <w:rsid w:val="002A5733"/>
     <w:rsid w:val="002A63E2"/>
     <w:rsid w:val="002A7BEE"/>
     <w:rsid w:val="002B0014"/>
     <w:rsid w:val="002B1167"/>
     <w:rsid w:val="002B2DF6"/>
     <w:rsid w:val="002B3D94"/>
     <w:rsid w:val="002B4DAC"/>
-    <w:rsid w:val="002B7A9D"/>
     <w:rsid w:val="002C0EF6"/>
     <w:rsid w:val="002C13F5"/>
     <w:rsid w:val="002C1863"/>
     <w:rsid w:val="002C1BA4"/>
     <w:rsid w:val="002C27ED"/>
     <w:rsid w:val="002C48C3"/>
     <w:rsid w:val="002C5DDF"/>
     <w:rsid w:val="002C7A57"/>
-    <w:rsid w:val="002D1356"/>
     <w:rsid w:val="002D1946"/>
     <w:rsid w:val="002D2445"/>
     <w:rsid w:val="002D53E4"/>
     <w:rsid w:val="002D5EC7"/>
     <w:rsid w:val="002D628D"/>
     <w:rsid w:val="002E2F5A"/>
     <w:rsid w:val="002E37D4"/>
     <w:rsid w:val="002E4746"/>
     <w:rsid w:val="002E553A"/>
     <w:rsid w:val="002E5971"/>
     <w:rsid w:val="002E6564"/>
-    <w:rsid w:val="002E693E"/>
     <w:rsid w:val="002E7D46"/>
     <w:rsid w:val="002E7F11"/>
     <w:rsid w:val="002E7F76"/>
     <w:rsid w:val="002F1F3E"/>
     <w:rsid w:val="002F21C4"/>
     <w:rsid w:val="002F3BE9"/>
     <w:rsid w:val="002F3D8D"/>
     <w:rsid w:val="002F4952"/>
     <w:rsid w:val="002F76E3"/>
     <w:rsid w:val="002F7712"/>
     <w:rsid w:val="00301A82"/>
-    <w:rsid w:val="003022E7"/>
     <w:rsid w:val="00304FA2"/>
-    <w:rsid w:val="00307DE2"/>
-    <w:rsid w:val="0031054E"/>
     <w:rsid w:val="00310B71"/>
     <w:rsid w:val="00311154"/>
-    <w:rsid w:val="0031331F"/>
     <w:rsid w:val="00313992"/>
-    <w:rsid w:val="003142E3"/>
     <w:rsid w:val="00315066"/>
-    <w:rsid w:val="003161A5"/>
     <w:rsid w:val="0031622F"/>
     <w:rsid w:val="003170BD"/>
     <w:rsid w:val="00320B7C"/>
-    <w:rsid w:val="00321079"/>
-    <w:rsid w:val="00321476"/>
     <w:rsid w:val="00321DBB"/>
+    <w:rsid w:val="003248E5"/>
     <w:rsid w:val="00325C4E"/>
     <w:rsid w:val="003279FF"/>
     <w:rsid w:val="00327CDF"/>
     <w:rsid w:val="0033032E"/>
-    <w:rsid w:val="00330678"/>
     <w:rsid w:val="00330A87"/>
     <w:rsid w:val="00331F2B"/>
     <w:rsid w:val="00340A4E"/>
     <w:rsid w:val="003459F4"/>
-    <w:rsid w:val="0035112F"/>
-    <w:rsid w:val="00351216"/>
     <w:rsid w:val="00352576"/>
-    <w:rsid w:val="0035257A"/>
     <w:rsid w:val="00352B9F"/>
     <w:rsid w:val="003545B2"/>
     <w:rsid w:val="003565CD"/>
     <w:rsid w:val="00357E51"/>
     <w:rsid w:val="003603E3"/>
     <w:rsid w:val="00361126"/>
     <w:rsid w:val="0036221E"/>
     <w:rsid w:val="003626E9"/>
     <w:rsid w:val="00363C58"/>
     <w:rsid w:val="00371769"/>
     <w:rsid w:val="003719F4"/>
     <w:rsid w:val="00372962"/>
     <w:rsid w:val="0037592C"/>
     <w:rsid w:val="0037685B"/>
     <w:rsid w:val="0038029D"/>
     <w:rsid w:val="00380496"/>
     <w:rsid w:val="003815AE"/>
     <w:rsid w:val="00382852"/>
-    <w:rsid w:val="0038333F"/>
     <w:rsid w:val="003833B6"/>
     <w:rsid w:val="00383DA1"/>
     <w:rsid w:val="00390283"/>
     <w:rsid w:val="003918BB"/>
-    <w:rsid w:val="00393835"/>
-    <w:rsid w:val="0039702E"/>
     <w:rsid w:val="003A00B7"/>
     <w:rsid w:val="003A08BB"/>
     <w:rsid w:val="003A1349"/>
     <w:rsid w:val="003A1C30"/>
     <w:rsid w:val="003A3C69"/>
     <w:rsid w:val="003A778A"/>
     <w:rsid w:val="003B0310"/>
     <w:rsid w:val="003B0997"/>
     <w:rsid w:val="003B1D4A"/>
-    <w:rsid w:val="003B48B2"/>
     <w:rsid w:val="003B6E93"/>
     <w:rsid w:val="003C0FE4"/>
-    <w:rsid w:val="003C17E0"/>
     <w:rsid w:val="003C2800"/>
     <w:rsid w:val="003C28D5"/>
     <w:rsid w:val="003C4C9B"/>
     <w:rsid w:val="003C5A71"/>
-    <w:rsid w:val="003C767D"/>
     <w:rsid w:val="003D1ACA"/>
     <w:rsid w:val="003D23EE"/>
     <w:rsid w:val="003D2D6D"/>
     <w:rsid w:val="003D2FFD"/>
-    <w:rsid w:val="003D36E4"/>
     <w:rsid w:val="003D4BC9"/>
     <w:rsid w:val="003D5017"/>
     <w:rsid w:val="003D67D7"/>
     <w:rsid w:val="003E237E"/>
     <w:rsid w:val="003E251A"/>
     <w:rsid w:val="003E2560"/>
     <w:rsid w:val="003E2ADE"/>
     <w:rsid w:val="003E3B21"/>
     <w:rsid w:val="003E3F98"/>
     <w:rsid w:val="003E44C9"/>
     <w:rsid w:val="003E4C35"/>
     <w:rsid w:val="003E57F5"/>
     <w:rsid w:val="003E6648"/>
     <w:rsid w:val="003E6CA5"/>
+    <w:rsid w:val="003F10B5"/>
     <w:rsid w:val="003F14F7"/>
     <w:rsid w:val="003F216A"/>
     <w:rsid w:val="003F4749"/>
     <w:rsid w:val="003F745D"/>
     <w:rsid w:val="004037F4"/>
     <w:rsid w:val="00403D8C"/>
     <w:rsid w:val="00404993"/>
     <w:rsid w:val="00406655"/>
     <w:rsid w:val="00412BA7"/>
     <w:rsid w:val="00413D93"/>
     <w:rsid w:val="004140C4"/>
     <w:rsid w:val="00414F8C"/>
+    <w:rsid w:val="00416C95"/>
     <w:rsid w:val="004207A3"/>
     <w:rsid w:val="0042125F"/>
     <w:rsid w:val="0042188B"/>
     <w:rsid w:val="00424037"/>
     <w:rsid w:val="00424B61"/>
     <w:rsid w:val="004257B5"/>
-    <w:rsid w:val="00426F31"/>
     <w:rsid w:val="00434784"/>
-    <w:rsid w:val="00434A14"/>
     <w:rsid w:val="00434EC7"/>
     <w:rsid w:val="004366DB"/>
     <w:rsid w:val="00436A48"/>
-    <w:rsid w:val="004407FE"/>
-    <w:rsid w:val="00440CCF"/>
     <w:rsid w:val="00445E06"/>
     <w:rsid w:val="00450BC9"/>
     <w:rsid w:val="004513F2"/>
     <w:rsid w:val="00451841"/>
     <w:rsid w:val="004520E9"/>
     <w:rsid w:val="00452F43"/>
     <w:rsid w:val="00453C8E"/>
     <w:rsid w:val="00453E8F"/>
     <w:rsid w:val="00454B4B"/>
     <w:rsid w:val="00457668"/>
     <w:rsid w:val="00460504"/>
-    <w:rsid w:val="004623CB"/>
     <w:rsid w:val="00463183"/>
     <w:rsid w:val="004703CA"/>
     <w:rsid w:val="00471549"/>
     <w:rsid w:val="00472811"/>
     <w:rsid w:val="00472ED5"/>
     <w:rsid w:val="004741AD"/>
     <w:rsid w:val="00477FB3"/>
     <w:rsid w:val="00480168"/>
-    <w:rsid w:val="00480EEE"/>
+    <w:rsid w:val="0048446B"/>
     <w:rsid w:val="00484C96"/>
     <w:rsid w:val="0048541D"/>
     <w:rsid w:val="00485BDD"/>
-    <w:rsid w:val="00485FA1"/>
     <w:rsid w:val="00486164"/>
     <w:rsid w:val="004871EC"/>
-    <w:rsid w:val="00493BB9"/>
+    <w:rsid w:val="00491920"/>
     <w:rsid w:val="004944EB"/>
     <w:rsid w:val="004962F5"/>
     <w:rsid w:val="00497F9C"/>
     <w:rsid w:val="004A0A0C"/>
     <w:rsid w:val="004A0BBB"/>
-    <w:rsid w:val="004A1673"/>
-    <w:rsid w:val="004A381E"/>
     <w:rsid w:val="004A7745"/>
-    <w:rsid w:val="004B14A6"/>
     <w:rsid w:val="004B2E35"/>
     <w:rsid w:val="004B3A15"/>
     <w:rsid w:val="004B476C"/>
     <w:rsid w:val="004B76E0"/>
     <w:rsid w:val="004B7933"/>
     <w:rsid w:val="004B7A76"/>
     <w:rsid w:val="004C13B9"/>
     <w:rsid w:val="004C3996"/>
-    <w:rsid w:val="004C4138"/>
+    <w:rsid w:val="004C4236"/>
     <w:rsid w:val="004C4C99"/>
-    <w:rsid w:val="004C51E7"/>
     <w:rsid w:val="004C5803"/>
     <w:rsid w:val="004C7D39"/>
+    <w:rsid w:val="004D37C0"/>
     <w:rsid w:val="004D4046"/>
-    <w:rsid w:val="004D46FF"/>
-    <w:rsid w:val="004D5BA2"/>
+    <w:rsid w:val="004D5C5D"/>
     <w:rsid w:val="004D77D0"/>
-    <w:rsid w:val="004D7D30"/>
     <w:rsid w:val="004E04BB"/>
     <w:rsid w:val="004E1953"/>
-    <w:rsid w:val="004E1F2F"/>
     <w:rsid w:val="004E396C"/>
     <w:rsid w:val="004E3E04"/>
-    <w:rsid w:val="004E5FF1"/>
     <w:rsid w:val="004E6739"/>
     <w:rsid w:val="004E7232"/>
     <w:rsid w:val="004F042E"/>
-    <w:rsid w:val="004F0A26"/>
     <w:rsid w:val="004F0FD3"/>
     <w:rsid w:val="004F1130"/>
     <w:rsid w:val="004F21A5"/>
     <w:rsid w:val="004F3B49"/>
     <w:rsid w:val="004F5774"/>
     <w:rsid w:val="004F7866"/>
     <w:rsid w:val="004F7E5B"/>
-    <w:rsid w:val="00500D3D"/>
     <w:rsid w:val="005018AB"/>
     <w:rsid w:val="005026F3"/>
     <w:rsid w:val="005046EB"/>
     <w:rsid w:val="00506F22"/>
     <w:rsid w:val="005073A1"/>
     <w:rsid w:val="0050760E"/>
     <w:rsid w:val="00507ACE"/>
     <w:rsid w:val="00507B22"/>
     <w:rsid w:val="00510458"/>
     <w:rsid w:val="00510795"/>
     <w:rsid w:val="00511896"/>
     <w:rsid w:val="00511D5D"/>
     <w:rsid w:val="0051426B"/>
-    <w:rsid w:val="0051588B"/>
     <w:rsid w:val="00515BBD"/>
     <w:rsid w:val="005167C5"/>
-    <w:rsid w:val="00517053"/>
     <w:rsid w:val="0051779E"/>
     <w:rsid w:val="00521E2A"/>
     <w:rsid w:val="00524349"/>
     <w:rsid w:val="00524576"/>
+    <w:rsid w:val="0052614D"/>
     <w:rsid w:val="00526D8D"/>
     <w:rsid w:val="00527EB1"/>
     <w:rsid w:val="00530429"/>
     <w:rsid w:val="00530AAA"/>
-    <w:rsid w:val="0053142F"/>
     <w:rsid w:val="005316F1"/>
     <w:rsid w:val="0053249F"/>
-    <w:rsid w:val="00532D2E"/>
     <w:rsid w:val="00534903"/>
-    <w:rsid w:val="00537031"/>
     <w:rsid w:val="00537581"/>
     <w:rsid w:val="00543309"/>
     <w:rsid w:val="00547558"/>
     <w:rsid w:val="0055075F"/>
     <w:rsid w:val="00551647"/>
     <w:rsid w:val="005532B0"/>
     <w:rsid w:val="00555B04"/>
     <w:rsid w:val="00555C65"/>
     <w:rsid w:val="00560436"/>
     <w:rsid w:val="005619A6"/>
     <w:rsid w:val="005638F1"/>
     <w:rsid w:val="00563B6A"/>
     <w:rsid w:val="00563CF4"/>
     <w:rsid w:val="005646CF"/>
     <w:rsid w:val="00564985"/>
     <w:rsid w:val="0056554A"/>
     <w:rsid w:val="00566F14"/>
     <w:rsid w:val="00566FCD"/>
+    <w:rsid w:val="00572F00"/>
     <w:rsid w:val="00577E03"/>
-    <w:rsid w:val="005807DC"/>
     <w:rsid w:val="00580D89"/>
     <w:rsid w:val="00581931"/>
     <w:rsid w:val="00582150"/>
     <w:rsid w:val="00583891"/>
-    <w:rsid w:val="00584578"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00585FA4"/>
     <w:rsid w:val="00587850"/>
     <w:rsid w:val="00590771"/>
     <w:rsid w:val="00590EFD"/>
     <w:rsid w:val="0059307C"/>
     <w:rsid w:val="005968CA"/>
+    <w:rsid w:val="00597427"/>
     <w:rsid w:val="0059777E"/>
     <w:rsid w:val="005A08C6"/>
+    <w:rsid w:val="005A0F19"/>
     <w:rsid w:val="005A2075"/>
     <w:rsid w:val="005A2112"/>
     <w:rsid w:val="005A2E1B"/>
     <w:rsid w:val="005A3B6E"/>
     <w:rsid w:val="005A3E1B"/>
-    <w:rsid w:val="005B11B6"/>
     <w:rsid w:val="005B308A"/>
     <w:rsid w:val="005B45E3"/>
     <w:rsid w:val="005B71B7"/>
     <w:rsid w:val="005C10A5"/>
     <w:rsid w:val="005C55F9"/>
     <w:rsid w:val="005C62F4"/>
     <w:rsid w:val="005C739B"/>
-    <w:rsid w:val="005C797E"/>
     <w:rsid w:val="005D046E"/>
     <w:rsid w:val="005D0BDC"/>
     <w:rsid w:val="005D1D5D"/>
     <w:rsid w:val="005D25DD"/>
     <w:rsid w:val="005D4C08"/>
     <w:rsid w:val="005D6C11"/>
     <w:rsid w:val="005D77BC"/>
-    <w:rsid w:val="005D7E22"/>
-    <w:rsid w:val="005E0CAB"/>
     <w:rsid w:val="005E236C"/>
     <w:rsid w:val="005E2E2A"/>
     <w:rsid w:val="005E3A64"/>
     <w:rsid w:val="005E4B6B"/>
     <w:rsid w:val="005E6920"/>
     <w:rsid w:val="005E6F1B"/>
-    <w:rsid w:val="005E773A"/>
     <w:rsid w:val="005E77F2"/>
     <w:rsid w:val="005F0842"/>
     <w:rsid w:val="005F1B5C"/>
     <w:rsid w:val="005F22FD"/>
-    <w:rsid w:val="005F23C6"/>
     <w:rsid w:val="005F325B"/>
     <w:rsid w:val="005F32F5"/>
     <w:rsid w:val="005F437F"/>
     <w:rsid w:val="005F5558"/>
     <w:rsid w:val="005F66C1"/>
     <w:rsid w:val="005F6902"/>
-    <w:rsid w:val="0060167A"/>
+    <w:rsid w:val="00600EF7"/>
     <w:rsid w:val="00602EA9"/>
-    <w:rsid w:val="006049EF"/>
     <w:rsid w:val="00605A33"/>
-    <w:rsid w:val="00610E22"/>
     <w:rsid w:val="00612570"/>
-    <w:rsid w:val="00612A4B"/>
     <w:rsid w:val="006144D6"/>
     <w:rsid w:val="00614905"/>
     <w:rsid w:val="006167A0"/>
     <w:rsid w:val="00616B4B"/>
     <w:rsid w:val="00620796"/>
     <w:rsid w:val="006268AC"/>
     <w:rsid w:val="006276FA"/>
     <w:rsid w:val="00631A0A"/>
-    <w:rsid w:val="00631C94"/>
     <w:rsid w:val="00631DA1"/>
     <w:rsid w:val="00632196"/>
     <w:rsid w:val="0063313C"/>
     <w:rsid w:val="00634512"/>
     <w:rsid w:val="00635DE0"/>
     <w:rsid w:val="006363F4"/>
     <w:rsid w:val="00636C57"/>
     <w:rsid w:val="00637A86"/>
     <w:rsid w:val="00637F46"/>
     <w:rsid w:val="00642DAE"/>
     <w:rsid w:val="00646106"/>
     <w:rsid w:val="00647B9F"/>
     <w:rsid w:val="00647BDF"/>
-    <w:rsid w:val="0065002A"/>
     <w:rsid w:val="00650545"/>
-    <w:rsid w:val="006510B0"/>
     <w:rsid w:val="00651924"/>
     <w:rsid w:val="0065382F"/>
     <w:rsid w:val="00654ECC"/>
     <w:rsid w:val="00656A5E"/>
-    <w:rsid w:val="0065718F"/>
     <w:rsid w:val="00660385"/>
     <w:rsid w:val="006604F7"/>
     <w:rsid w:val="006604FA"/>
     <w:rsid w:val="00660F2A"/>
+    <w:rsid w:val="0066413D"/>
     <w:rsid w:val="00664176"/>
     <w:rsid w:val="00664194"/>
     <w:rsid w:val="006678B1"/>
     <w:rsid w:val="00667B5C"/>
     <w:rsid w:val="00667F2C"/>
     <w:rsid w:val="006703CB"/>
     <w:rsid w:val="006711C0"/>
-    <w:rsid w:val="006720C3"/>
     <w:rsid w:val="006723C0"/>
-    <w:rsid w:val="006736A3"/>
-    <w:rsid w:val="00673E01"/>
     <w:rsid w:val="006769A6"/>
     <w:rsid w:val="006778DB"/>
-    <w:rsid w:val="00681B51"/>
     <w:rsid w:val="0068228A"/>
     <w:rsid w:val="00683047"/>
     <w:rsid w:val="006874F9"/>
     <w:rsid w:val="00690C71"/>
     <w:rsid w:val="00692B5D"/>
+    <w:rsid w:val="006932D9"/>
     <w:rsid w:val="00693EF1"/>
     <w:rsid w:val="00696685"/>
     <w:rsid w:val="006A0D42"/>
     <w:rsid w:val="006A13BD"/>
     <w:rsid w:val="006A19C1"/>
     <w:rsid w:val="006A2B7D"/>
+    <w:rsid w:val="006A3470"/>
     <w:rsid w:val="006A37B7"/>
     <w:rsid w:val="006A421F"/>
     <w:rsid w:val="006A445F"/>
     <w:rsid w:val="006A511E"/>
     <w:rsid w:val="006A6E0F"/>
     <w:rsid w:val="006A7866"/>
     <w:rsid w:val="006B23DB"/>
     <w:rsid w:val="006B28DC"/>
     <w:rsid w:val="006B34A6"/>
     <w:rsid w:val="006B39A9"/>
+    <w:rsid w:val="006B4098"/>
+    <w:rsid w:val="006C0737"/>
     <w:rsid w:val="006C0A29"/>
     <w:rsid w:val="006C2BB8"/>
     <w:rsid w:val="006C6097"/>
     <w:rsid w:val="006D3394"/>
     <w:rsid w:val="006D3914"/>
     <w:rsid w:val="006D41C2"/>
     <w:rsid w:val="006E0EDE"/>
-    <w:rsid w:val="006E0F9B"/>
     <w:rsid w:val="006E4268"/>
     <w:rsid w:val="006E675A"/>
     <w:rsid w:val="006E6D9F"/>
     <w:rsid w:val="006F06D5"/>
-    <w:rsid w:val="006F0BEE"/>
     <w:rsid w:val="006F139D"/>
     <w:rsid w:val="006F1DE5"/>
     <w:rsid w:val="006F1E2D"/>
-    <w:rsid w:val="006F25A5"/>
     <w:rsid w:val="006F25E5"/>
-    <w:rsid w:val="006F3691"/>
     <w:rsid w:val="006F3C56"/>
     <w:rsid w:val="006F437A"/>
     <w:rsid w:val="006F444F"/>
     <w:rsid w:val="006F7BA2"/>
     <w:rsid w:val="006F7C8D"/>
     <w:rsid w:val="007012E0"/>
     <w:rsid w:val="00702853"/>
     <w:rsid w:val="00703C12"/>
     <w:rsid w:val="00703C4B"/>
     <w:rsid w:val="0070406A"/>
     <w:rsid w:val="00705A14"/>
     <w:rsid w:val="007107E7"/>
     <w:rsid w:val="007119FC"/>
-    <w:rsid w:val="007127F3"/>
     <w:rsid w:val="0071352E"/>
     <w:rsid w:val="0071390A"/>
     <w:rsid w:val="0071597D"/>
     <w:rsid w:val="00716F45"/>
     <w:rsid w:val="007175F9"/>
     <w:rsid w:val="00721C9F"/>
     <w:rsid w:val="007229C4"/>
     <w:rsid w:val="00722E75"/>
-    <w:rsid w:val="00723184"/>
     <w:rsid w:val="007241EB"/>
     <w:rsid w:val="00724452"/>
     <w:rsid w:val="0072549F"/>
     <w:rsid w:val="007310EB"/>
-    <w:rsid w:val="0073194C"/>
     <w:rsid w:val="007325EE"/>
     <w:rsid w:val="00732B85"/>
     <w:rsid w:val="00732DF4"/>
     <w:rsid w:val="00732E54"/>
     <w:rsid w:val="007337A1"/>
     <w:rsid w:val="00733EA7"/>
     <w:rsid w:val="00735328"/>
     <w:rsid w:val="00735378"/>
-    <w:rsid w:val="00735ABA"/>
     <w:rsid w:val="00736AA0"/>
     <w:rsid w:val="00736CB4"/>
     <w:rsid w:val="0073767C"/>
     <w:rsid w:val="007377EC"/>
     <w:rsid w:val="007379AC"/>
-    <w:rsid w:val="0074059F"/>
     <w:rsid w:val="007413B2"/>
     <w:rsid w:val="007452FE"/>
     <w:rsid w:val="00745E2D"/>
     <w:rsid w:val="0074759D"/>
-    <w:rsid w:val="00750AF1"/>
     <w:rsid w:val="00750FA5"/>
     <w:rsid w:val="00752337"/>
     <w:rsid w:val="00753510"/>
     <w:rsid w:val="00754099"/>
-    <w:rsid w:val="00756D5E"/>
+    <w:rsid w:val="0075622B"/>
     <w:rsid w:val="0076192A"/>
+    <w:rsid w:val="00762E57"/>
     <w:rsid w:val="00763CE8"/>
     <w:rsid w:val="007658A2"/>
     <w:rsid w:val="00765A27"/>
     <w:rsid w:val="00765A95"/>
     <w:rsid w:val="00773FE0"/>
     <w:rsid w:val="0077522B"/>
-    <w:rsid w:val="00775BEF"/>
     <w:rsid w:val="0077722C"/>
     <w:rsid w:val="007802CD"/>
-    <w:rsid w:val="0078129F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0078471A"/>
     <w:rsid w:val="00784CC2"/>
     <w:rsid w:val="00785A43"/>
     <w:rsid w:val="00786F3E"/>
     <w:rsid w:val="007913E9"/>
     <w:rsid w:val="00793DE6"/>
     <w:rsid w:val="00794EBA"/>
     <w:rsid w:val="00794EF2"/>
     <w:rsid w:val="00795CBE"/>
     <w:rsid w:val="00796326"/>
     <w:rsid w:val="00797C9E"/>
     <w:rsid w:val="007A3ABB"/>
     <w:rsid w:val="007A450B"/>
     <w:rsid w:val="007A6E6F"/>
     <w:rsid w:val="007A7CFE"/>
     <w:rsid w:val="007B1792"/>
     <w:rsid w:val="007B2B7C"/>
     <w:rsid w:val="007B45F7"/>
     <w:rsid w:val="007C0C7E"/>
     <w:rsid w:val="007C15A7"/>
+    <w:rsid w:val="007C1988"/>
     <w:rsid w:val="007C4918"/>
     <w:rsid w:val="007C5EAE"/>
     <w:rsid w:val="007C69F7"/>
     <w:rsid w:val="007C6D31"/>
-    <w:rsid w:val="007D2C4C"/>
     <w:rsid w:val="007D727E"/>
     <w:rsid w:val="007D7D87"/>
     <w:rsid w:val="007E1B0B"/>
     <w:rsid w:val="007E3DED"/>
     <w:rsid w:val="007E44F1"/>
+    <w:rsid w:val="007E52F5"/>
     <w:rsid w:val="007E70DA"/>
-    <w:rsid w:val="007F2FB4"/>
-    <w:rsid w:val="007F70D0"/>
     <w:rsid w:val="007F7DEB"/>
     <w:rsid w:val="00801604"/>
     <w:rsid w:val="00803087"/>
     <w:rsid w:val="008031EB"/>
     <w:rsid w:val="00804794"/>
-    <w:rsid w:val="00805603"/>
     <w:rsid w:val="008063EC"/>
     <w:rsid w:val="00806403"/>
     <w:rsid w:val="00806538"/>
     <w:rsid w:val="00806EE3"/>
     <w:rsid w:val="008077EB"/>
     <w:rsid w:val="00807ED6"/>
     <w:rsid w:val="00807FD5"/>
     <w:rsid w:val="008125E5"/>
     <w:rsid w:val="00814780"/>
     <w:rsid w:val="008153CC"/>
-    <w:rsid w:val="0081541C"/>
     <w:rsid w:val="0081782B"/>
     <w:rsid w:val="0082007F"/>
     <w:rsid w:val="008215C9"/>
     <w:rsid w:val="008228C7"/>
     <w:rsid w:val="00824395"/>
     <w:rsid w:val="00824E3C"/>
-    <w:rsid w:val="00824E6E"/>
-    <w:rsid w:val="00825ACD"/>
     <w:rsid w:val="008310B4"/>
     <w:rsid w:val="00831703"/>
-    <w:rsid w:val="0083269D"/>
-    <w:rsid w:val="0083635F"/>
+    <w:rsid w:val="008343D1"/>
     <w:rsid w:val="00836A52"/>
     <w:rsid w:val="00840F45"/>
     <w:rsid w:val="0084612C"/>
     <w:rsid w:val="008477C4"/>
-    <w:rsid w:val="0085191E"/>
     <w:rsid w:val="00852D1D"/>
+    <w:rsid w:val="008532FC"/>
     <w:rsid w:val="00853B9B"/>
     <w:rsid w:val="0085582E"/>
     <w:rsid w:val="008560CB"/>
     <w:rsid w:val="008569FB"/>
     <w:rsid w:val="00864111"/>
-    <w:rsid w:val="008641D6"/>
     <w:rsid w:val="00864F5A"/>
     <w:rsid w:val="00865D41"/>
     <w:rsid w:val="008700BD"/>
-    <w:rsid w:val="0087199F"/>
     <w:rsid w:val="008728D4"/>
     <w:rsid w:val="00872D58"/>
-    <w:rsid w:val="00874672"/>
     <w:rsid w:val="00874853"/>
     <w:rsid w:val="00874E28"/>
     <w:rsid w:val="00874E6B"/>
     <w:rsid w:val="00876E0E"/>
     <w:rsid w:val="00876EDF"/>
+    <w:rsid w:val="00877553"/>
     <w:rsid w:val="00881F4B"/>
     <w:rsid w:val="00882A1F"/>
     <w:rsid w:val="00883B1F"/>
     <w:rsid w:val="00885ED8"/>
     <w:rsid w:val="008865A2"/>
     <w:rsid w:val="00886867"/>
     <w:rsid w:val="00886DC1"/>
     <w:rsid w:val="00886FF5"/>
     <w:rsid w:val="008872D3"/>
     <w:rsid w:val="008874D8"/>
     <w:rsid w:val="008876B6"/>
     <w:rsid w:val="0089080F"/>
     <w:rsid w:val="00890D44"/>
     <w:rsid w:val="00891703"/>
     <w:rsid w:val="00894728"/>
     <w:rsid w:val="00895FB1"/>
     <w:rsid w:val="008962B8"/>
     <w:rsid w:val="008966A2"/>
     <w:rsid w:val="00897304"/>
-    <w:rsid w:val="008A0E28"/>
-    <w:rsid w:val="008A2499"/>
     <w:rsid w:val="008A2F50"/>
-    <w:rsid w:val="008B0044"/>
+    <w:rsid w:val="008A6797"/>
     <w:rsid w:val="008B28CA"/>
     <w:rsid w:val="008B2AB7"/>
     <w:rsid w:val="008B3D21"/>
     <w:rsid w:val="008B74A2"/>
     <w:rsid w:val="008B7B7C"/>
     <w:rsid w:val="008C1D3A"/>
     <w:rsid w:val="008C1FAB"/>
     <w:rsid w:val="008C3894"/>
     <w:rsid w:val="008C744B"/>
-    <w:rsid w:val="008C7759"/>
     <w:rsid w:val="008D0179"/>
     <w:rsid w:val="008D32AE"/>
     <w:rsid w:val="008D371B"/>
     <w:rsid w:val="008D3A1F"/>
     <w:rsid w:val="008D7E45"/>
     <w:rsid w:val="008E09A8"/>
     <w:rsid w:val="008E1FA9"/>
     <w:rsid w:val="008E25A9"/>
-    <w:rsid w:val="008E27FC"/>
     <w:rsid w:val="008E2F5D"/>
     <w:rsid w:val="008E352B"/>
     <w:rsid w:val="008E5435"/>
     <w:rsid w:val="008E64DE"/>
     <w:rsid w:val="008E655B"/>
     <w:rsid w:val="008E6BA7"/>
+    <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008F0C50"/>
     <w:rsid w:val="008F1364"/>
-    <w:rsid w:val="008F18A4"/>
-    <w:rsid w:val="008F2DD7"/>
     <w:rsid w:val="008F458D"/>
     <w:rsid w:val="008F51BA"/>
     <w:rsid w:val="008F59D0"/>
     <w:rsid w:val="008F5E49"/>
-    <w:rsid w:val="008F7959"/>
+    <w:rsid w:val="00902A9D"/>
     <w:rsid w:val="009047AB"/>
     <w:rsid w:val="0091247C"/>
-    <w:rsid w:val="00915393"/>
     <w:rsid w:val="009154ED"/>
     <w:rsid w:val="009156E4"/>
     <w:rsid w:val="00917200"/>
     <w:rsid w:val="009172A3"/>
     <w:rsid w:val="009206FA"/>
     <w:rsid w:val="00920AB0"/>
     <w:rsid w:val="00920B16"/>
     <w:rsid w:val="009215F5"/>
     <w:rsid w:val="009265F8"/>
     <w:rsid w:val="00926FDA"/>
     <w:rsid w:val="0092735F"/>
     <w:rsid w:val="00930744"/>
-    <w:rsid w:val="00930DBF"/>
-    <w:rsid w:val="00931489"/>
     <w:rsid w:val="00931EF1"/>
     <w:rsid w:val="00932B17"/>
     <w:rsid w:val="00933DEA"/>
     <w:rsid w:val="00934639"/>
     <w:rsid w:val="009348A4"/>
     <w:rsid w:val="0093504E"/>
+    <w:rsid w:val="00935EA8"/>
     <w:rsid w:val="009365FB"/>
+    <w:rsid w:val="00940A7D"/>
     <w:rsid w:val="009410DA"/>
     <w:rsid w:val="00941D05"/>
     <w:rsid w:val="00942388"/>
     <w:rsid w:val="00942402"/>
     <w:rsid w:val="0094242C"/>
     <w:rsid w:val="009435B3"/>
     <w:rsid w:val="009450DF"/>
     <w:rsid w:val="00953F99"/>
     <w:rsid w:val="00955436"/>
     <w:rsid w:val="00957017"/>
     <w:rsid w:val="00960979"/>
     <w:rsid w:val="00961284"/>
-    <w:rsid w:val="00961DA4"/>
-    <w:rsid w:val="00962054"/>
     <w:rsid w:val="009647BD"/>
+    <w:rsid w:val="00971503"/>
     <w:rsid w:val="00971BFD"/>
-    <w:rsid w:val="00971C37"/>
     <w:rsid w:val="0097235C"/>
+    <w:rsid w:val="00973F98"/>
     <w:rsid w:val="00974C88"/>
     <w:rsid w:val="0097553E"/>
+    <w:rsid w:val="009809A1"/>
     <w:rsid w:val="009812D5"/>
     <w:rsid w:val="00981442"/>
     <w:rsid w:val="00981C81"/>
     <w:rsid w:val="00981E7C"/>
     <w:rsid w:val="00982BBB"/>
     <w:rsid w:val="00982D33"/>
     <w:rsid w:val="00983814"/>
-    <w:rsid w:val="00984F57"/>
     <w:rsid w:val="00986158"/>
     <w:rsid w:val="009861C4"/>
     <w:rsid w:val="00986486"/>
     <w:rsid w:val="00990643"/>
     <w:rsid w:val="00990AFA"/>
     <w:rsid w:val="00991242"/>
     <w:rsid w:val="0099326E"/>
     <w:rsid w:val="009957AA"/>
     <w:rsid w:val="0099675D"/>
     <w:rsid w:val="0099680F"/>
     <w:rsid w:val="00997283"/>
     <w:rsid w:val="00997665"/>
     <w:rsid w:val="009A11BF"/>
     <w:rsid w:val="009A19D4"/>
-    <w:rsid w:val="009A3999"/>
+    <w:rsid w:val="009A2630"/>
     <w:rsid w:val="009A3D5D"/>
     <w:rsid w:val="009A4119"/>
     <w:rsid w:val="009A4DD2"/>
     <w:rsid w:val="009A55D9"/>
+    <w:rsid w:val="009A65A8"/>
     <w:rsid w:val="009A689F"/>
     <w:rsid w:val="009A7E4C"/>
+    <w:rsid w:val="009B07E7"/>
     <w:rsid w:val="009B338C"/>
     <w:rsid w:val="009B4A42"/>
     <w:rsid w:val="009B4DD0"/>
     <w:rsid w:val="009B5428"/>
     <w:rsid w:val="009B6496"/>
     <w:rsid w:val="009B6F01"/>
     <w:rsid w:val="009B79AE"/>
     <w:rsid w:val="009C53E7"/>
     <w:rsid w:val="009C6458"/>
     <w:rsid w:val="009C743C"/>
-    <w:rsid w:val="009C7999"/>
+    <w:rsid w:val="009C7EDA"/>
     <w:rsid w:val="009D0848"/>
     <w:rsid w:val="009D0C30"/>
     <w:rsid w:val="009D4742"/>
-    <w:rsid w:val="009D4F8A"/>
     <w:rsid w:val="009D6AC5"/>
     <w:rsid w:val="009D6CD6"/>
     <w:rsid w:val="009D75E4"/>
+    <w:rsid w:val="009E13E2"/>
     <w:rsid w:val="009E3DA7"/>
     <w:rsid w:val="009E3F3F"/>
     <w:rsid w:val="009E73B5"/>
     <w:rsid w:val="009F1467"/>
     <w:rsid w:val="009F15EB"/>
     <w:rsid w:val="009F3473"/>
     <w:rsid w:val="009F48FA"/>
-    <w:rsid w:val="009F7138"/>
     <w:rsid w:val="00A005D4"/>
-    <w:rsid w:val="00A01538"/>
     <w:rsid w:val="00A01EE9"/>
     <w:rsid w:val="00A038C5"/>
     <w:rsid w:val="00A05752"/>
     <w:rsid w:val="00A0609E"/>
+    <w:rsid w:val="00A06333"/>
+    <w:rsid w:val="00A11948"/>
     <w:rsid w:val="00A11B62"/>
     <w:rsid w:val="00A14913"/>
     <w:rsid w:val="00A17D80"/>
-    <w:rsid w:val="00A17E5F"/>
     <w:rsid w:val="00A21781"/>
     <w:rsid w:val="00A21B36"/>
     <w:rsid w:val="00A2203B"/>
     <w:rsid w:val="00A24691"/>
     <w:rsid w:val="00A25AB6"/>
     <w:rsid w:val="00A25E83"/>
     <w:rsid w:val="00A30F94"/>
     <w:rsid w:val="00A30FD2"/>
     <w:rsid w:val="00A31D28"/>
     <w:rsid w:val="00A32D24"/>
-    <w:rsid w:val="00A40A41"/>
     <w:rsid w:val="00A41045"/>
+    <w:rsid w:val="00A411DF"/>
     <w:rsid w:val="00A417DB"/>
     <w:rsid w:val="00A42CD5"/>
-    <w:rsid w:val="00A4687B"/>
     <w:rsid w:val="00A47266"/>
     <w:rsid w:val="00A47B9A"/>
     <w:rsid w:val="00A514B6"/>
     <w:rsid w:val="00A54325"/>
     <w:rsid w:val="00A54A61"/>
     <w:rsid w:val="00A55285"/>
     <w:rsid w:val="00A5585D"/>
     <w:rsid w:val="00A63229"/>
     <w:rsid w:val="00A63BA4"/>
     <w:rsid w:val="00A66C80"/>
-    <w:rsid w:val="00A70468"/>
     <w:rsid w:val="00A70C1F"/>
     <w:rsid w:val="00A7400B"/>
-    <w:rsid w:val="00A76682"/>
-    <w:rsid w:val="00A77922"/>
     <w:rsid w:val="00A77C98"/>
     <w:rsid w:val="00A80D4D"/>
     <w:rsid w:val="00A80F1D"/>
     <w:rsid w:val="00A84C8A"/>
     <w:rsid w:val="00A90ADB"/>
-    <w:rsid w:val="00A9116A"/>
     <w:rsid w:val="00A9264D"/>
-    <w:rsid w:val="00A92ED2"/>
     <w:rsid w:val="00A93304"/>
     <w:rsid w:val="00A9580D"/>
-    <w:rsid w:val="00AA3949"/>
     <w:rsid w:val="00AA4EF1"/>
-    <w:rsid w:val="00AA6949"/>
     <w:rsid w:val="00AA79D5"/>
     <w:rsid w:val="00AB012D"/>
     <w:rsid w:val="00AB0EA9"/>
     <w:rsid w:val="00AB138C"/>
     <w:rsid w:val="00AB4306"/>
     <w:rsid w:val="00AB4B1D"/>
     <w:rsid w:val="00AB51AB"/>
     <w:rsid w:val="00AB51E8"/>
     <w:rsid w:val="00AB6091"/>
-    <w:rsid w:val="00AB6610"/>
     <w:rsid w:val="00AB7E0D"/>
     <w:rsid w:val="00AC0874"/>
     <w:rsid w:val="00AC461F"/>
     <w:rsid w:val="00AC4D1F"/>
     <w:rsid w:val="00AC52E7"/>
     <w:rsid w:val="00AC6CF6"/>
     <w:rsid w:val="00AD0798"/>
     <w:rsid w:val="00AD1F62"/>
-    <w:rsid w:val="00AD266A"/>
-    <w:rsid w:val="00AD48F8"/>
     <w:rsid w:val="00AD58C1"/>
+    <w:rsid w:val="00AD599E"/>
     <w:rsid w:val="00AD7179"/>
-    <w:rsid w:val="00AD7F11"/>
+    <w:rsid w:val="00AE048D"/>
     <w:rsid w:val="00AE21FF"/>
     <w:rsid w:val="00AE2F95"/>
     <w:rsid w:val="00AE4368"/>
     <w:rsid w:val="00AF19E1"/>
     <w:rsid w:val="00AF1AE8"/>
     <w:rsid w:val="00AF38DD"/>
     <w:rsid w:val="00AF3DD2"/>
-    <w:rsid w:val="00AF43BC"/>
     <w:rsid w:val="00AF729B"/>
     <w:rsid w:val="00AF73D7"/>
     <w:rsid w:val="00B00136"/>
     <w:rsid w:val="00B0099F"/>
+    <w:rsid w:val="00B024A7"/>
+    <w:rsid w:val="00B025AE"/>
     <w:rsid w:val="00B03CA5"/>
     <w:rsid w:val="00B056DE"/>
     <w:rsid w:val="00B057E4"/>
     <w:rsid w:val="00B05A26"/>
     <w:rsid w:val="00B05D1A"/>
     <w:rsid w:val="00B0651D"/>
-    <w:rsid w:val="00B07262"/>
     <w:rsid w:val="00B10A26"/>
     <w:rsid w:val="00B136BE"/>
     <w:rsid w:val="00B16927"/>
     <w:rsid w:val="00B1754F"/>
     <w:rsid w:val="00B17CCD"/>
-    <w:rsid w:val="00B20FF5"/>
+    <w:rsid w:val="00B20D5D"/>
     <w:rsid w:val="00B2190D"/>
     <w:rsid w:val="00B22035"/>
     <w:rsid w:val="00B2535E"/>
     <w:rsid w:val="00B26459"/>
     <w:rsid w:val="00B268F6"/>
     <w:rsid w:val="00B3062D"/>
     <w:rsid w:val="00B30998"/>
     <w:rsid w:val="00B3177D"/>
-    <w:rsid w:val="00B325E0"/>
     <w:rsid w:val="00B33D1E"/>
     <w:rsid w:val="00B3402E"/>
     <w:rsid w:val="00B34A9C"/>
     <w:rsid w:val="00B375D2"/>
     <w:rsid w:val="00B37A88"/>
     <w:rsid w:val="00B37BD4"/>
     <w:rsid w:val="00B45C40"/>
     <w:rsid w:val="00B46B84"/>
     <w:rsid w:val="00B47B02"/>
     <w:rsid w:val="00B47CA0"/>
     <w:rsid w:val="00B50001"/>
     <w:rsid w:val="00B5188A"/>
-    <w:rsid w:val="00B54690"/>
     <w:rsid w:val="00B55945"/>
     <w:rsid w:val="00B57879"/>
     <w:rsid w:val="00B6014F"/>
     <w:rsid w:val="00B605F0"/>
     <w:rsid w:val="00B606BD"/>
     <w:rsid w:val="00B61A81"/>
     <w:rsid w:val="00B62592"/>
     <w:rsid w:val="00B62A97"/>
     <w:rsid w:val="00B65D5A"/>
     <w:rsid w:val="00B66CC5"/>
     <w:rsid w:val="00B67C3C"/>
     <w:rsid w:val="00B70A99"/>
     <w:rsid w:val="00B74E25"/>
-    <w:rsid w:val="00B76365"/>
     <w:rsid w:val="00B77827"/>
-    <w:rsid w:val="00B77FEE"/>
     <w:rsid w:val="00B85322"/>
     <w:rsid w:val="00B8556B"/>
     <w:rsid w:val="00B8654A"/>
     <w:rsid w:val="00B91D01"/>
     <w:rsid w:val="00B91D78"/>
     <w:rsid w:val="00B937A1"/>
-    <w:rsid w:val="00B97F82"/>
+    <w:rsid w:val="00B965F0"/>
     <w:rsid w:val="00BA117B"/>
+    <w:rsid w:val="00BA11AF"/>
     <w:rsid w:val="00BA2079"/>
     <w:rsid w:val="00BA28E6"/>
     <w:rsid w:val="00BA38AC"/>
     <w:rsid w:val="00BA4A2C"/>
     <w:rsid w:val="00BA7903"/>
+    <w:rsid w:val="00BB3A0A"/>
     <w:rsid w:val="00BB3B34"/>
     <w:rsid w:val="00BB550D"/>
     <w:rsid w:val="00BB7C28"/>
     <w:rsid w:val="00BC047E"/>
     <w:rsid w:val="00BC0AE7"/>
     <w:rsid w:val="00BC1128"/>
     <w:rsid w:val="00BC29F6"/>
     <w:rsid w:val="00BC32BB"/>
     <w:rsid w:val="00BC3870"/>
     <w:rsid w:val="00BC3BD7"/>
-    <w:rsid w:val="00BC653E"/>
     <w:rsid w:val="00BC7772"/>
     <w:rsid w:val="00BC781C"/>
-    <w:rsid w:val="00BD0124"/>
     <w:rsid w:val="00BD0D27"/>
+    <w:rsid w:val="00BD1CAF"/>
     <w:rsid w:val="00BD324A"/>
     <w:rsid w:val="00BD43E4"/>
     <w:rsid w:val="00BD467C"/>
     <w:rsid w:val="00BD5E97"/>
     <w:rsid w:val="00BD760F"/>
     <w:rsid w:val="00BE37FB"/>
     <w:rsid w:val="00BE427D"/>
-    <w:rsid w:val="00BE53C4"/>
     <w:rsid w:val="00BE58E0"/>
     <w:rsid w:val="00BE641C"/>
     <w:rsid w:val="00BE6C44"/>
     <w:rsid w:val="00BE7F80"/>
     <w:rsid w:val="00BF1295"/>
     <w:rsid w:val="00BF12C8"/>
     <w:rsid w:val="00BF2D6C"/>
     <w:rsid w:val="00BF3016"/>
     <w:rsid w:val="00BF337A"/>
     <w:rsid w:val="00BF41F4"/>
     <w:rsid w:val="00C0443F"/>
     <w:rsid w:val="00C049FD"/>
-    <w:rsid w:val="00C06D1F"/>
     <w:rsid w:val="00C106ED"/>
-    <w:rsid w:val="00C11165"/>
     <w:rsid w:val="00C12925"/>
     <w:rsid w:val="00C12D6D"/>
     <w:rsid w:val="00C12DB5"/>
     <w:rsid w:val="00C15A02"/>
     <w:rsid w:val="00C1606A"/>
     <w:rsid w:val="00C22D55"/>
     <w:rsid w:val="00C23356"/>
     <w:rsid w:val="00C23A10"/>
     <w:rsid w:val="00C23AB7"/>
     <w:rsid w:val="00C246ED"/>
     <w:rsid w:val="00C247A9"/>
-    <w:rsid w:val="00C255A8"/>
-    <w:rsid w:val="00C3161F"/>
+    <w:rsid w:val="00C26BDE"/>
     <w:rsid w:val="00C376BF"/>
     <w:rsid w:val="00C40015"/>
     <w:rsid w:val="00C41F6D"/>
     <w:rsid w:val="00C47210"/>
     <w:rsid w:val="00C504D0"/>
     <w:rsid w:val="00C5064E"/>
-    <w:rsid w:val="00C50A7E"/>
     <w:rsid w:val="00C50C80"/>
-    <w:rsid w:val="00C51FCC"/>
+    <w:rsid w:val="00C50DB9"/>
     <w:rsid w:val="00C520BF"/>
     <w:rsid w:val="00C52BD1"/>
     <w:rsid w:val="00C53354"/>
     <w:rsid w:val="00C53457"/>
     <w:rsid w:val="00C54C56"/>
     <w:rsid w:val="00C55188"/>
     <w:rsid w:val="00C62331"/>
-    <w:rsid w:val="00C628AF"/>
     <w:rsid w:val="00C6557B"/>
     <w:rsid w:val="00C659C0"/>
     <w:rsid w:val="00C71B79"/>
-    <w:rsid w:val="00C72D45"/>
     <w:rsid w:val="00C7305C"/>
     <w:rsid w:val="00C76CD8"/>
     <w:rsid w:val="00C77D39"/>
     <w:rsid w:val="00C8110F"/>
     <w:rsid w:val="00C82388"/>
-    <w:rsid w:val="00C843A6"/>
+    <w:rsid w:val="00C8734C"/>
     <w:rsid w:val="00C91959"/>
     <w:rsid w:val="00C924C6"/>
     <w:rsid w:val="00C92636"/>
     <w:rsid w:val="00C929F2"/>
-    <w:rsid w:val="00C93DD0"/>
     <w:rsid w:val="00C95FAA"/>
     <w:rsid w:val="00C977B9"/>
     <w:rsid w:val="00C97CE0"/>
     <w:rsid w:val="00CA07D1"/>
     <w:rsid w:val="00CA0DB0"/>
     <w:rsid w:val="00CA3001"/>
     <w:rsid w:val="00CA541B"/>
     <w:rsid w:val="00CB133D"/>
     <w:rsid w:val="00CB1405"/>
     <w:rsid w:val="00CB1872"/>
     <w:rsid w:val="00CB1CF7"/>
     <w:rsid w:val="00CB213F"/>
     <w:rsid w:val="00CB255B"/>
     <w:rsid w:val="00CB5B33"/>
     <w:rsid w:val="00CB5DA3"/>
     <w:rsid w:val="00CB66E0"/>
-    <w:rsid w:val="00CC220D"/>
     <w:rsid w:val="00CC2962"/>
     <w:rsid w:val="00CC4A0C"/>
     <w:rsid w:val="00CC5EAD"/>
-    <w:rsid w:val="00CC65CA"/>
+    <w:rsid w:val="00CC7620"/>
     <w:rsid w:val="00CC7692"/>
     <w:rsid w:val="00CD4ED2"/>
     <w:rsid w:val="00CD5417"/>
     <w:rsid w:val="00CE0D24"/>
     <w:rsid w:val="00CE0F86"/>
     <w:rsid w:val="00CE3473"/>
     <w:rsid w:val="00CE54C7"/>
     <w:rsid w:val="00CE5865"/>
     <w:rsid w:val="00CF0B27"/>
-    <w:rsid w:val="00CF1077"/>
-    <w:rsid w:val="00CF24FB"/>
     <w:rsid w:val="00CF2BB9"/>
     <w:rsid w:val="00CF3159"/>
     <w:rsid w:val="00CF685B"/>
     <w:rsid w:val="00D004EA"/>
     <w:rsid w:val="00D035C5"/>
     <w:rsid w:val="00D03F56"/>
     <w:rsid w:val="00D045FE"/>
     <w:rsid w:val="00D0523A"/>
-    <w:rsid w:val="00D055D1"/>
     <w:rsid w:val="00D05903"/>
     <w:rsid w:val="00D05EB8"/>
     <w:rsid w:val="00D10A76"/>
     <w:rsid w:val="00D11AA7"/>
     <w:rsid w:val="00D23A92"/>
     <w:rsid w:val="00D24CB2"/>
     <w:rsid w:val="00D307D9"/>
-    <w:rsid w:val="00D31634"/>
     <w:rsid w:val="00D339CD"/>
     <w:rsid w:val="00D3650F"/>
     <w:rsid w:val="00D36703"/>
-    <w:rsid w:val="00D375E6"/>
     <w:rsid w:val="00D37B88"/>
     <w:rsid w:val="00D40ACD"/>
     <w:rsid w:val="00D410D2"/>
     <w:rsid w:val="00D4153A"/>
     <w:rsid w:val="00D43383"/>
     <w:rsid w:val="00D45F63"/>
-    <w:rsid w:val="00D473F1"/>
-    <w:rsid w:val="00D475FD"/>
     <w:rsid w:val="00D47D89"/>
     <w:rsid w:val="00D5008A"/>
     <w:rsid w:val="00D51F34"/>
     <w:rsid w:val="00D526B7"/>
     <w:rsid w:val="00D529F8"/>
     <w:rsid w:val="00D55AE4"/>
+    <w:rsid w:val="00D56267"/>
     <w:rsid w:val="00D56787"/>
     <w:rsid w:val="00D57799"/>
     <w:rsid w:val="00D60077"/>
     <w:rsid w:val="00D624B0"/>
     <w:rsid w:val="00D63363"/>
     <w:rsid w:val="00D6459C"/>
     <w:rsid w:val="00D678DD"/>
     <w:rsid w:val="00D70DCC"/>
-    <w:rsid w:val="00D7278B"/>
     <w:rsid w:val="00D72D98"/>
     <w:rsid w:val="00D74D01"/>
     <w:rsid w:val="00D752EC"/>
     <w:rsid w:val="00D77959"/>
     <w:rsid w:val="00D802A0"/>
-    <w:rsid w:val="00D811D1"/>
-    <w:rsid w:val="00D81383"/>
     <w:rsid w:val="00D81597"/>
-    <w:rsid w:val="00D85160"/>
-    <w:rsid w:val="00D85880"/>
     <w:rsid w:val="00D86187"/>
     <w:rsid w:val="00D8757A"/>
     <w:rsid w:val="00D87E5D"/>
     <w:rsid w:val="00D90DAE"/>
     <w:rsid w:val="00D93A57"/>
-    <w:rsid w:val="00D95881"/>
-    <w:rsid w:val="00D96E78"/>
     <w:rsid w:val="00D972DE"/>
-    <w:rsid w:val="00DA04BF"/>
     <w:rsid w:val="00DA2B51"/>
-    <w:rsid w:val="00DA4088"/>
     <w:rsid w:val="00DA5772"/>
-    <w:rsid w:val="00DA649D"/>
     <w:rsid w:val="00DA794B"/>
     <w:rsid w:val="00DB11CB"/>
     <w:rsid w:val="00DB1716"/>
     <w:rsid w:val="00DB3785"/>
-    <w:rsid w:val="00DC5ECF"/>
     <w:rsid w:val="00DC7AF6"/>
     <w:rsid w:val="00DD04A3"/>
     <w:rsid w:val="00DD2AF3"/>
     <w:rsid w:val="00DD2B2E"/>
     <w:rsid w:val="00DD48EB"/>
-    <w:rsid w:val="00DD52AF"/>
     <w:rsid w:val="00DD5895"/>
-    <w:rsid w:val="00DD6919"/>
     <w:rsid w:val="00DD6E35"/>
     <w:rsid w:val="00DD76B1"/>
-    <w:rsid w:val="00DD7A79"/>
-    <w:rsid w:val="00DE02FD"/>
     <w:rsid w:val="00DE22E1"/>
     <w:rsid w:val="00DE3477"/>
+    <w:rsid w:val="00DE3994"/>
     <w:rsid w:val="00DE3E7D"/>
-    <w:rsid w:val="00DE561E"/>
-    <w:rsid w:val="00DE7623"/>
     <w:rsid w:val="00DE7A77"/>
     <w:rsid w:val="00DF4AB2"/>
+    <w:rsid w:val="00DF4DAF"/>
     <w:rsid w:val="00DF5764"/>
-    <w:rsid w:val="00DF6400"/>
     <w:rsid w:val="00DF7C99"/>
     <w:rsid w:val="00E03830"/>
     <w:rsid w:val="00E04AAF"/>
     <w:rsid w:val="00E07040"/>
     <w:rsid w:val="00E128AC"/>
     <w:rsid w:val="00E16661"/>
     <w:rsid w:val="00E20D65"/>
     <w:rsid w:val="00E20E21"/>
     <w:rsid w:val="00E2467E"/>
     <w:rsid w:val="00E267CB"/>
     <w:rsid w:val="00E30711"/>
-    <w:rsid w:val="00E312DF"/>
     <w:rsid w:val="00E3293D"/>
     <w:rsid w:val="00E34D02"/>
-    <w:rsid w:val="00E3641B"/>
     <w:rsid w:val="00E36E72"/>
     <w:rsid w:val="00E37210"/>
     <w:rsid w:val="00E3798A"/>
     <w:rsid w:val="00E37A64"/>
-    <w:rsid w:val="00E37E4A"/>
     <w:rsid w:val="00E40583"/>
     <w:rsid w:val="00E4082F"/>
-    <w:rsid w:val="00E40EC5"/>
     <w:rsid w:val="00E416A2"/>
     <w:rsid w:val="00E42C05"/>
-    <w:rsid w:val="00E439C3"/>
     <w:rsid w:val="00E43EB5"/>
     <w:rsid w:val="00E4497A"/>
     <w:rsid w:val="00E45948"/>
     <w:rsid w:val="00E471CE"/>
     <w:rsid w:val="00E47C93"/>
-    <w:rsid w:val="00E51024"/>
+    <w:rsid w:val="00E51466"/>
     <w:rsid w:val="00E54991"/>
     <w:rsid w:val="00E55116"/>
     <w:rsid w:val="00E5519F"/>
     <w:rsid w:val="00E5684A"/>
     <w:rsid w:val="00E570B0"/>
     <w:rsid w:val="00E60C39"/>
     <w:rsid w:val="00E60E28"/>
     <w:rsid w:val="00E60E41"/>
     <w:rsid w:val="00E61739"/>
     <w:rsid w:val="00E62286"/>
     <w:rsid w:val="00E63E97"/>
-    <w:rsid w:val="00E6508E"/>
     <w:rsid w:val="00E66449"/>
     <w:rsid w:val="00E715AE"/>
     <w:rsid w:val="00E7188C"/>
-    <w:rsid w:val="00E72240"/>
     <w:rsid w:val="00E73882"/>
-    <w:rsid w:val="00E73E35"/>
     <w:rsid w:val="00E74B7E"/>
-    <w:rsid w:val="00E77983"/>
-    <w:rsid w:val="00E80B1F"/>
     <w:rsid w:val="00E82F57"/>
     <w:rsid w:val="00E83E87"/>
     <w:rsid w:val="00E85264"/>
     <w:rsid w:val="00E87A33"/>
     <w:rsid w:val="00E91F15"/>
     <w:rsid w:val="00E928CD"/>
     <w:rsid w:val="00E93DE7"/>
     <w:rsid w:val="00E941B3"/>
-    <w:rsid w:val="00E94DF2"/>
     <w:rsid w:val="00E95A21"/>
     <w:rsid w:val="00E95B7D"/>
     <w:rsid w:val="00E9648E"/>
     <w:rsid w:val="00E9655A"/>
-    <w:rsid w:val="00E9727C"/>
     <w:rsid w:val="00E97DFB"/>
     <w:rsid w:val="00EA0ED2"/>
     <w:rsid w:val="00EA10C0"/>
     <w:rsid w:val="00EA267E"/>
-    <w:rsid w:val="00EA3631"/>
     <w:rsid w:val="00EA44B9"/>
     <w:rsid w:val="00EA4C10"/>
     <w:rsid w:val="00EA697C"/>
     <w:rsid w:val="00EA775E"/>
     <w:rsid w:val="00EB236B"/>
     <w:rsid w:val="00EB3613"/>
-    <w:rsid w:val="00EB3BF7"/>
     <w:rsid w:val="00EB6AC1"/>
     <w:rsid w:val="00EC0032"/>
     <w:rsid w:val="00EC1E07"/>
     <w:rsid w:val="00EC551A"/>
-    <w:rsid w:val="00EC67C5"/>
-    <w:rsid w:val="00EC6DE7"/>
     <w:rsid w:val="00ED04C9"/>
     <w:rsid w:val="00ED0C36"/>
-    <w:rsid w:val="00ED105D"/>
     <w:rsid w:val="00ED344B"/>
     <w:rsid w:val="00EE02A4"/>
     <w:rsid w:val="00EE02EC"/>
     <w:rsid w:val="00EE21DE"/>
     <w:rsid w:val="00EE2A83"/>
     <w:rsid w:val="00EE4D74"/>
     <w:rsid w:val="00EE5CE3"/>
-    <w:rsid w:val="00EE5D17"/>
     <w:rsid w:val="00EE6648"/>
     <w:rsid w:val="00EF0BF8"/>
     <w:rsid w:val="00EF353D"/>
     <w:rsid w:val="00EF3731"/>
     <w:rsid w:val="00EF44CD"/>
-    <w:rsid w:val="00EF458D"/>
     <w:rsid w:val="00F0028D"/>
     <w:rsid w:val="00F03499"/>
-    <w:rsid w:val="00F03604"/>
     <w:rsid w:val="00F063F5"/>
     <w:rsid w:val="00F06F56"/>
     <w:rsid w:val="00F07853"/>
     <w:rsid w:val="00F10E74"/>
     <w:rsid w:val="00F11763"/>
+    <w:rsid w:val="00F14696"/>
     <w:rsid w:val="00F1515E"/>
     <w:rsid w:val="00F176B6"/>
     <w:rsid w:val="00F21D45"/>
     <w:rsid w:val="00F229FA"/>
     <w:rsid w:val="00F22E5A"/>
     <w:rsid w:val="00F236B4"/>
     <w:rsid w:val="00F23820"/>
     <w:rsid w:val="00F23CC6"/>
     <w:rsid w:val="00F25E71"/>
     <w:rsid w:val="00F268B4"/>
     <w:rsid w:val="00F26B76"/>
     <w:rsid w:val="00F26DBB"/>
     <w:rsid w:val="00F26F4A"/>
     <w:rsid w:val="00F2762F"/>
-    <w:rsid w:val="00F353B2"/>
     <w:rsid w:val="00F36A3F"/>
-    <w:rsid w:val="00F36DF9"/>
     <w:rsid w:val="00F36F6C"/>
+    <w:rsid w:val="00F378E4"/>
     <w:rsid w:val="00F379F5"/>
     <w:rsid w:val="00F40BFB"/>
     <w:rsid w:val="00F449D9"/>
-    <w:rsid w:val="00F44E43"/>
-    <w:rsid w:val="00F51DD0"/>
     <w:rsid w:val="00F52091"/>
     <w:rsid w:val="00F57AEC"/>
     <w:rsid w:val="00F631C8"/>
+    <w:rsid w:val="00F63F10"/>
     <w:rsid w:val="00F65A19"/>
     <w:rsid w:val="00F65EA2"/>
     <w:rsid w:val="00F717DA"/>
     <w:rsid w:val="00F718AB"/>
     <w:rsid w:val="00F72353"/>
     <w:rsid w:val="00F724E3"/>
-    <w:rsid w:val="00F74893"/>
     <w:rsid w:val="00F74EEA"/>
     <w:rsid w:val="00F75C4A"/>
     <w:rsid w:val="00F75C4F"/>
     <w:rsid w:val="00F80473"/>
     <w:rsid w:val="00F80554"/>
     <w:rsid w:val="00F8117A"/>
     <w:rsid w:val="00F819B1"/>
     <w:rsid w:val="00F83E9D"/>
     <w:rsid w:val="00F855D1"/>
-    <w:rsid w:val="00F86304"/>
     <w:rsid w:val="00F87825"/>
     <w:rsid w:val="00F878A9"/>
     <w:rsid w:val="00F87AC9"/>
     <w:rsid w:val="00F90721"/>
-    <w:rsid w:val="00F9172E"/>
     <w:rsid w:val="00F934C5"/>
-    <w:rsid w:val="00F94C8D"/>
     <w:rsid w:val="00F953F2"/>
     <w:rsid w:val="00F9568A"/>
     <w:rsid w:val="00F957C2"/>
-    <w:rsid w:val="00F978AC"/>
+    <w:rsid w:val="00F96F6B"/>
+    <w:rsid w:val="00F96FFC"/>
     <w:rsid w:val="00FA1731"/>
     <w:rsid w:val="00FA2819"/>
-    <w:rsid w:val="00FA293B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FB1752"/>
     <w:rsid w:val="00FB2EB1"/>
     <w:rsid w:val="00FB5FD2"/>
-    <w:rsid w:val="00FC1315"/>
     <w:rsid w:val="00FC1424"/>
     <w:rsid w:val="00FC1C96"/>
     <w:rsid w:val="00FC2478"/>
     <w:rsid w:val="00FC2EB4"/>
     <w:rsid w:val="00FC314C"/>
     <w:rsid w:val="00FC354B"/>
     <w:rsid w:val="00FC391E"/>
-    <w:rsid w:val="00FC6B84"/>
     <w:rsid w:val="00FD0251"/>
     <w:rsid w:val="00FD15AE"/>
     <w:rsid w:val="00FD29A4"/>
     <w:rsid w:val="00FD4395"/>
     <w:rsid w:val="00FD7803"/>
     <w:rsid w:val="00FE07DE"/>
     <w:rsid w:val="00FE0960"/>
-    <w:rsid w:val="00FE0A91"/>
     <w:rsid w:val="00FE67B6"/>
     <w:rsid w:val="00FF0AEF"/>
-    <w:rsid w:val="00FF23BD"/>
     <w:rsid w:val="00FF30F0"/>
     <w:rsid w:val="00FF4039"/>
-    <w:rsid w:val="00FF6050"/>
     <w:rsid w:val="00FF60C3"/>
     <w:rsid w:val="00FF6400"/>
     <w:rsid w:val="00FF700E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="fa-IR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -12421,78 +12675,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47815EBF-7609-4047-A06F-1CE7B7D63CB4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EA01C59-9C16-4A26-8183-577F87650E1B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>676</Words>
-  <Characters>3858</Characters>
+  <Words>552</Words>
+  <Characters>3147</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4525</CharactersWithSpaces>
+  <CharactersWithSpaces>3692</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>a</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>